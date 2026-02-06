--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10340922</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/D1EW00582K</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reinforcement learning-based real-time control of coastal urban stormwater systems to mitigate flooding and improve water quality</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bowes, Benjamin D.; Wang, Cheng; Ercan, Mehmet B.; Culver, Teresa B.; Beling, Peter A.; Goodall, Jonathan L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Science: Water Research &amp; Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2053-1400</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Real-time control of stormwater systems can reduce flooding and improve water quality. Current industry real-time control strategies use simple rules based on water quantity parameters at a local scale. However, system-level control methods that also incorporate observations of water quality could provide improved control and performance. Therefore, the objective of this research is to evaluate the impact of local and system-level control approaches on flooding and sediment-related water quality in a stormwater system within the flood-prone coastal city of Norfolk, Virginia, USA. Deep reinforcement learning (RL), an emerging machine learning technique, is used to learn system-level control policies that attempt to balance flood mitigation and treatment of sediment. RL is compared to the conventional stormwater system and two methods of local-scale rule-based control: (i) industry standard predictive rule-based control with a fixed detention time and (ii) rules based on water quality observations. For the studied system, both methods of rule-based control improved water quality compared to the passive system, but increased total system flooding due to uncoordinated releases of stormwater. An RL agent learned controls that maintained target pond levels while reducing total system flooding by 4% compared to the passive system. When pre-trained from the RL agent that learned to reduce flooding, another RL agent was able to learn to decrease TSS export by an average of 52% compared to the passive system and with an average of 5% less flooding than the rule-based control methods. As the complexity of stormwater RTC implementations grows and climate change continues, system-level control approaches such as the RL used here will be needed to help mitigate flooding and protect water quality.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1735587</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>