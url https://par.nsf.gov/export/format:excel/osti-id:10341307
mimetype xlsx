--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10341307</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s11422-022-10121-8</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A case study of whiteness at work in an elementary classroom</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Searle, Kristin A.; Tofel-Grehl, Colby; Hawkman, Andrea M.; Suárez, Mario I.; MacDonald, Beth L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Cultural Studies of Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1871-1502</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We are interested in how whiteness shaped one teacher’s abilities to engage his elemen- tary school students in culturally responsive pedagogy, especially his abilities to engage or avoid conversations about race-based inequities in an integrated technology unit focused on NGSS disciplinary practices. We draw upon culturally responsive pedagogy, critical race theory, and critical whiteness studies to understand the role of whiteness in a single case study of integrated elementary science teaching leveraging electronic textiles technology. The case study reported here is part of a larger study investigating how technology inte- gration supports justice-centered science learning for elementary school teachers and their students in the Intermountain Region of the USA. The authors are white and Latino and all, but one, are former classroom teachers. Drawing on multiple data sources (field notes of classroom observations, interviews, transcripts of video-recorded classroom sessions), we developed a single descriptive case to illustrate shifts in teacher practice over time. We documented one white, male, fifth grade teacher’s engagements with his students around issues of race as manifested in conversations about immigration, migration, and forced relocation in an integrated technology unit focused on NGSS disciplinary practices. This single case and the teacher perspectives it illustrates are resonant not only of our data but also the scholarly literature on white pre- and in-service teachers in the USA. We conclude with some practical recommendations for teacher professional development.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1758823</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>