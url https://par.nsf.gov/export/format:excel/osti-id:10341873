--- v0 (2026-01-18)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10348912</t>
-[...8 lines deleted...]
-    <t>Strand, Nils E.; Vroylandt, Hadrien; Gingrich, Todd R.</t>
+    <t>10341873</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1063/5.0049905</t>
+  </si>
+  <si>
+    <t>Surface modification of BaTiO &lt;sub&gt;3&lt;/sub&gt; with catechol surfactant and effects on cold sintering</t>
+  </si>
+  <si>
+    <t>Sada, Takao; Ndayishimiye, Arnaud; Fan, Zhongming; Fujioka, Yoshihiro; Randall, Clive A.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-08-07T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>We present an approach based upon binary tree tensor network (BTTN) states for computing steady-state current statistics for a many-particle 1D ratchet subject to volume exclusion interactions. The ratcheted particles, which move on a lattice with periodic boundary conditions subject to a time-periodic drive, can be stochastically evolved in time to sample representative trajectories via a Gillespie method. In lieu of generating realizations of trajectories, a BTTN state can variationally approximate a distribution over the vast number of many-body configurations. We apply the density matrix renormalization group algorithm to initialize BTTN states, which are then propagated in time via the time-dependent variational principle (TDVP) algorithm to yield the steady-state behavior, including the effects of both typical and rare trajectories. The application of the methods to ratchet currents is highlighted, but the approach extends naturally to other interacting lattice models with time-dependent driving. Although trajectory sampling is conceptually and computationally simpler, we discuss situations for which the BTTN TDVP strategy can be beneficial.</t>
+    <t>2021-05-14T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Applied Physics</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>184102</t>
+  </si>
+  <si>
+    <t>0021-8979</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2141385</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1728634</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -309,72 +306,70 @@
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="L2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>