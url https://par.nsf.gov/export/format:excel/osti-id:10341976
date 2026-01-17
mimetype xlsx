--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,78 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10341976</t>
+    <t>10304303</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/WACV.2018.00124</t>
+  </si>
+  <si>
+    <t>Rotational Rectification Network: Enabling Pedestrian Detection for Mobile Vision</t>
+  </si>
+  <si>
+    <t>WENG, XINSHUO; WU, SHANGXUAN; BEAINY, FARES; KITANI, KRIS MAKOTO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Recoverable Systems on Lines and Grids</t>
-[...11 lines deleted...]
-    <t>2656-2661</t>
+    <t>2018-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>2018 IEEE Winter Conference on Applications of Computer Vision (WACV)</t>
+  </si>
+  <si>
+    <t>Across a majority of pedestrian detection datasets, it is typically assumed that pedestrians will be standing upright with respect to the image coordinate system. This assumption, however, is not always valid for many vision-equipped mobile platforms such as mobile phones, UAVs or construction vehicles on rugged terrain. In these situations, the motion of the camera can cause images of pedestrians to be captured at extreme angles. This can lead to very poor pedestrian detection performance when using standard pedestrian detectors. To address this issue, we propose a Rotational Rectification Network (R2N) that can be inserted into any CNN-based pedestrian (or object) detector to adapt it to significant changes in camera rotation. The rotational rectification network uses a 2D rotation estimation module that passes rotational information to a spatial transformer network to undistort image features. To enable robust rotation estimation, we propose a Global Polar Pooling (GP-Pooling) operator to capture rotational shifts in convolutional features. Through our experiments, we show how our rotational rectification network can be used to improve the performance of the state-of-the-art pedestrian detector under heavy image rotation by up to 45%</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2110113</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1637927</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -270,88 +273,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="K2" s="0"/>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>