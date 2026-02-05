--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10342417</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“Design for Co-Design” in a Computer Science Curriculum Research-Practice Partnership</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Victor R. Lee\nJody Clarke-Midura\nJessica Shumway\nMimi Recker</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Clark Chinn\nEdna Tan\nCarol Chan\nYael Kali</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 16th International Conference of the Learning Sciences - ICLS 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper reports on a study of the dynamics of a Research-Practice Partnership (RPP) oriented around design, specifically the co-design model. The RPP is focused on supporting elementary school computer science (CS) instruction by involving paraprofessional educators and teachers in curricular co-design. A problem of practice addressed is that few elementary educators have backgrounds in teaching CS and have limited available instructional time and budget for CS. The co-design strategy entailed highlighting CS concepts in the mathematics curriculum during classroom instruction and designing computer lab lessons that explored related ideas through programming. Analyses focused on tensions within RPP interaction dynamics and how they were accommodated when RPP partners were designing for co-design activities, a critical component that leads to curricular co-design itself. We illustrate these tensions with examples of clusters of activity that appeared repeatedly among the research and practice team members when" designing for co-design".</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031404</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>