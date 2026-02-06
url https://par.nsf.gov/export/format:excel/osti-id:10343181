--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10343181</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Accessible Computational Thinking in Elementary Science</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bernier, J.; Cabrera, L.; Figueroa, F.; Ha, J.; Kramarczuk, K.; Mak, J.; Su, M.; Xin, Y.; Yan, L.; Ketelhut, D. J.; Nelson, B.; Terrell-Shockley, E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Chinn, C.; Tan, E.; Chan, C.; Kali, Y.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 16th International Conference of the Learning Sciences - ICLS 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Computational thinking (CT) is ubiquitous in modern science, yet rarely integrated at the elementary school level. Moreover, access to computer science education at the PK-12 level is inequitably distributed. We believe that access to CT must be available earlier and implemented with the support of an equitable pedagogical framework. Our poster will describe our Accessible Computational Thinking (ACT) research project exploring professional development with elementary teachers on integrating computational thinking with Culturally Responsive Teaching practices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2101039</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>