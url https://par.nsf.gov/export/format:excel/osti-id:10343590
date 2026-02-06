--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10343590</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/FIE49875.2021.9637238</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Creating Biologically Inspired Design Units for High School Engineering Courses</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Moore, Roxanne A.; Ehsan, Hoda; Kim, Euisun; Helms, Michael; Alemdar, Meltem; Rosen, Jeffrey; Cappelli, Christopher J.; Weissburg, Marc</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Institute of Electrical and Electronics Engineers Frontiers in Engineering Educario</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 4</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This innovative practice work in progress paper presents the Biologically Inspired Design for Engineering Education (BTRDEE) project, to create socially relevant, accessible, highly-contextualized biologically inspired design experiences that can be disseminated to high school audiences engineering audiences in Georgia and nationally. Curriculum units arc 6-10 weeks in duration and will meet many standards for high school engineering courses in Georgia. There will be three curriculum units (one for each engineering course in the 3-course pathway), each building skills in engineering design and specific skills for BID. Currently in its second year, BIRDEE has developed its first unit of curriculum and has hosted its first professional development with 4 pilot teachers in the summer of 2020. The BIRDEE curriculum situates challenges within socially relevant contexts and provides cutting-edge biological scenarios to ignite creative and humanistic engineering experiences to 1) drive greaterengagement in engineering, particularly among women, 2) improve student engineering skills, especially problem definition and ideation skills, and 3) increase students awareness of the connection and impacts between the engineered and living worlds.
+This paper describes the motivation for the BIRDEE project, the learning goals for the curriculum, and a description of the first unit. We provide reflections and feedback from teacher work and focus groups during our summer professional development and highlight the challenges associated with building BID competency across biology and engineering to equip teachers with the skills they need to teach the BIRDEE units. These lessons can be applied to teaching BID more broadly, as its multidisciplinary nature creates challenges (and opportunities) for teaching and learning engineering design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1907906</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>