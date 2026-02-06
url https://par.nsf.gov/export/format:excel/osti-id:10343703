--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10343703</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/JCDL52503.2021.00077</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pathways to Data: From Plans to Datasets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bennett, Anastasia; Sutherland, Will; Tian, Yubing; Finn, Megan; Acker, Amelia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 ACM/IEEE Joint Conference on Digital Libraries (JCDL)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>254 to 257</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>What is the relationship between Data Management Plans (DMPs), DMP guidance documents, and the reality of end-of-project data preservation and access? In this short paper we report on some preliminary findings of a 3-year investigation into the impact of DMPs on federally funded science in the United States. We investigated a small sample of publicly accessible DMPs (N=14) published using DMPTool. We found that while DMPs followed the National Science Foundation's guidelines, the pathways to the resulting research data are often obscure, vague, or not obvious. We define two “data pathways” as the search tactics and strategies deployed in order to find datasets.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2020183; 2020604</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE Xplore</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>