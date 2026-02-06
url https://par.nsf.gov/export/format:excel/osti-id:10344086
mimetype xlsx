--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10344086</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.2620598</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evaluating explainable artificial intelligence (XAI): algorithmic explanations for transparency and trustworthiness of ML algorithms and AI systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Khakurel, Utsab B.; Rawat, Danda B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Pham, Tien; Solomon, Latasha; Hohil, Myron E.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings Volume 12113, Artificial Intelligence and Machine Learning for Multi-Domain Operations Applications IV</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Explainable Artificial Intelligence (XAI) is the capability of explaining the reasoning behind the choices made by the machine learning (ML) algorithm which can help understand and maintain the transparency of the decision-making capability of the ML algorithm. Humans make thousands of decisions every day in their lives. Every decision an individual makes, they can explain the reasons behind why they made the choices that they made. Nonetheless, it is not the same in the case of ML and AI systems. Furthermore, XAI was not wideley researched until suddenly the topic was brought forward and has been one of the most relevant topics in AI for trustworthy and transparent outcomes. XAI tries to provide maximum transparency to a ML algorithm by answering questions about how models effectively came up with the output. ML models with XAI will have the ability to explain the rationale behind the results, understand the weaknesses and strengths the learning models, and be able to see how the models will behave in the future. In this paper, we investigate XAI for algorithmic trustworthiness and transparency. We evaluate XAI using some example use cases and by using SHAP (SHapley Additive exPlanations) library and visualizing the effect of features individually and cumulatively in the prediction process.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2039583</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>