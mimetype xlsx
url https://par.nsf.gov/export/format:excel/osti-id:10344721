--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10344721</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3519939.3523454</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>WARio: efficient code generation for intermittent computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kortbeek, Vito; Ghosh, Souradip; Hester, Josiah; Campanoni, Simone; Pawełczak, Przemysław</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 43rd ACM SIGPLAN International Conference on Programming Language Design and Implementation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>777 to 791</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Intermittently operating embedded computing platforms powered by energy harvesting require software frameworks to protect from errors caused by Write After Read (WAR) dependencies. A powerful method of code protection for systems with non-volatile main memory utilizes compiler analysis to insert a checkpoint inside each WAR violation in the code. However, such software frameworks are oblivious to the code structure---and therefore, inefficient---when many consecutive WAR violations exist. Our insight is that by transforming the input code, i.e., moving individual write operations from unique WARs close to each other, we can significantly reduce the number of checkpoints. This idea is the foundation for WARio: a set of compiler transformations for efficient code generation for intermittent computing. WARio, on average, reduces checkpoint overhead by 58%, and up to 88%, compared to the state of the art across various benchmarks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908488; 2145584; 1850496</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>