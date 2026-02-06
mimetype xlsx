--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10344740</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3459990.3465208</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Designing the Virtual SPIKEY-20 Epidemic: Engaging Youth in Seeking Information and Using Personal Protection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Strawhacker, Amanda; Kafai, Yasmin; T. Giang, Michael; Fields, Deborah; Tofel-Grehl, Colby</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Interaction Design and Children</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>558 to 562</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper, we share the design of a virtual epidemic with recognizable similarities to the real-life COVID-19 pandemic in order to engage children and youth in seeking information about the outbreak and practicing usage of personal protection equipment. In our research we sought to create a safe space in the virtual world, Whyville, for youth to “play” with serious topics of infection, asymptomatic disease transmission, prevention measures, and research and reporting of public health information. We examined the logfiles of 1,022 youth aged 10-18 years (mean = 13.7 years) who participated in an outbreak of a virtual virus, SPIKEY-20, in October and November 2020. Analyzing log files, we found that player engagement in productive infectious disease practices increased, including information seeking as well as purchases and usage of personal protective equipment during the virtual epidemic. In the discussion, we address the potential for virtual epidemics to provide a safe, playful space to practice and learn how to productively confront infectious disease and build promising connections between virtual and real-life epidemics.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031748</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>