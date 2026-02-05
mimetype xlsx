--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10344741</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/tea.21797</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Teaching and learning about respiratory infectious diseases: A scoping review of interventions in K‐12 education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kafai, Yasmin B.; Xin, Yue; Fields, Deborah; Tofel‐Grehl, Colby</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Research in Science Teaching</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-4308</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The pandemic outbreak of COVID-19 has highlighted an urgent need for infectious disease education for K-12 students. To gather a better understanding of what educational interventions have been conducted and to what effect, we performed a scoping review. We identified and examined 23 empirical researcher- and teacher-designed studies conducted in the last 20 years that have reported on efforts to help K-12 students learn about infectious diseases, with a focus on respiratory transmission. Our review shows studies of educational interventions on this topic are rare, especially with regard to the more population-scale (vs. cellular level) concepts of epidemiology. Furthermore, efforts to educate youth about infectious disease primarily focused on secondary school students, with an emphasis on interactive learning environments to model or simulate both cellular-level and population-level attributes of infectious disease. Studies were only mildly successful in raising science interest, with somewhat stronger findings on helping students engage in scientific inquiry on the biology of infectious diseases and/or community spread. Most importantly, efforts left out critical dimensions of transmission dynamics key to understanding implications for public health. Based on our review, we articulate implications for further research and development in this important domain.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031748</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>