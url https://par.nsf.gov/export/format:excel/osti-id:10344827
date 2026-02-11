--- v0 (2026-01-17)
+++ v1 (2026-02-11)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10344827</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Ionic polymer metal composite compression sensors with 3D-structured interfaces</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rebecca Histed, Justin Ngo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-12T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Smart materials and structures</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>125027</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1361-665X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper, we report the development of tailored 3D-structured (engineered) polymer-metal interfaces to create enhanced 'engineered ionic polymer metal composite' (eIPMC) sensors towards soft, self-powered, high sensitivity strain sensor applications. We introduce a novel advanced additive manufacturing approach to tailor the morphology of the polymer-electrode interfaces via inkjet-printed polymer microscale features. We hypothesize that these features can promote inhomogeneous strain within the material upon the application of external pressure, responsible for improved compression sensing performance. We formalize a minimal physics-based chemoelectromechanical model to predict the linear sensor behavior of eIPMCs in both open-circuit and short-circuit sensing conditions. The model accounts for polymer-electrode interfacial topography to define the inhomogeneous mechanical response driving electrochemical transport in the eIPMC. Electrochemical experiments demonstrate improved electrochemical properties of the inkjet-printed eIPMCs as compared to the standard IPMC sensors fabricated from Nafion polymer sheets. Similarly, compression sensing results show a significant increase in sensing performance of inkjet-printed eIPMC. We also introduce two alternative methods of eIPMC fabrication for sub-millimeter features, namely filament-based fused-deposition manufacturing and stencil printing, and experimentally demonstrate their improved sensing performance. Our results demonstrate increasing voltage output associated to increasing applied mechanical pressure and enhanced performance of the proposed eIPMC sensors against traditional IPMC based compression sensors.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1809455</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>