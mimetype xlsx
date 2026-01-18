--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,63 +110,60 @@
   <si>
     <t>10344908</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Preliminary Numerical Analysis of a Strongback Column as a retrofit of a Moment-Resisting Frame</t>
   </si>
   <si>
     <t>Rivera, David; Simpson, Barbara</t>
   </si>
   <si>
     <t>2020-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>17th World Conference on Earthquake Engineering, 17WCEE</t>
   </si>
   <si>
     <t>Steel moment-resisting frames (MRFs) are widely used in the United States to resist seismic forces. MRFs have many advantages, including high ductility, architectural versatility, and vetted member and connection detailing requirements. However, MRFs require large members to meet story drift criteria. Moreover, strong-column-weak-beam requirements can result in significant member sizes, and – even in the cases where strong-column-weak-beam requirements are satisfied – MRFs can still be vulnerable to story mechanisms in one or a few stories. Recently, the concept of a strongback has been utilized successfully to delay or prevent story mechanism behavior in braced frames. The strongback is represented by a steel truss or column that is designed to remain essentially elastic, thus allowing the system to transfer inelastic demands across stories. Although systems including strongbacks exhibit more uniform story drift demands with building height and reduced peak drift response, the elastic nature of the strongback can also result in near-elastic higher-mode force demands. This study compares the dynamic response of a baseline MRF to that of a retrofit using a strongback column. Several ground motions are considered to determine which cases produce the largest drift, acceleration, and force demands.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1926365</t>
+    <t>1926365; 2309829</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>17th World Conference on Earthquake Engineering (17WCEE)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sendai, Japan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -320,48 +317,46 @@
       <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>