--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10345015</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1162/tacl_a_00248</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Surface Statistics of an Unknown Language Indicate How to Parse It</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Dingquan; Eisner, Jason</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transactions of the Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>667 to 685</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2307-387X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We introduce a novel framework for delexicalized dependency parsing in a new language. We show that useful features of the target language can be extracted automatically from an unparsed corpus, which consists only of gold part-of-speech (POS) sequences. Providing these features to our neural parser enables it to parse sequences like those in the corpus. Strikingly, our system has no supervision in the target language. Rather, it is a multilingual system that is trained end-to-end on a variety of other languages, so it learns a feature extractor that works well. We show experimentally across multiple languages: (1) Features computed from the unparsed corpus improve parsing accuracy. (2) Including thousands of synthetic languages in the training yields further improvement. (3) Despite being computed from unparsed corpora, our learned task-specific features beat previous work’s interpretable typological features that require parsed corpora or expert categorization of the language. Our best method improved attachment scores on held-out test languages by an average of 5.6 percentage points over past work that does not inspect the unparsed data (McDonald et al., 2011), and by 20.7 points over past “grammar induction” work that does not use training languages (Naseem et al., 2010).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718846</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>