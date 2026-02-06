--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10345213</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/educsci11110737</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Beyond Content: The Role of STEM Disciplines, Real-World Problems, 21st Century Skills, and STEM Careers within Science Teachers’ Conceptions of Integrated STEM Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dare, Emily Anna; Keratithamkul, Khomson; Hiwatig, Benny Mart; Li, Feng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Education Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>737</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2227-7102</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Understanding teachers’ conceptions surrounding integrated STEM education is vital to the successful implementation of integrated STEM curricula in K-12 classrooms. Of particular interest is understanding how teachers conceptualize the role of the STEM disciplines within their integrated STEM teaching. Further, despite knowing that content-agnostic characteristics of integrated STEM education are important, little is known about how teachers conceptualize the real-world problems, 21st century skills, and the promotion of STEM careers in their integrated STEM instruction. This study used an exploratory case study design to investigate conceptions of 19 K-12 science teachers after participating in an integrated STEM-focused professional development and implementing integrated STEM lessons into their classrooms. Our findings show that all teacher participants viewed STEM education from an integrative perspective that fosters the development of 21st century skills, using real-world problems to motivate students. Our findings also reveal that teachers have varying ideas related to the STEM disciplines within integrated STEM instruction, which could assist teacher educators in preparing high-quality professional development experiences. Findings related to real-world problems, 21st century skills, and STEM careers provide a window into how to best support teachers to include these characteristics into their teaching more explicitly.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1854801</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>