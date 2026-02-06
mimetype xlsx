--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10345719</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Understanding high school student experiences in an engineering course designed for all</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Figard, R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Society for Engineering Education Conference &amp; Exposition</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pre-college engineering education still struggles to implement curricula that engage a diverse range of students. Engineering for US All (e4usa) aims to fill this gap through a course that demystifies engineering while catering to a broad range of students. This paper examines the influence of the e4usa course on students’ engagement with engineering design, and their understanding of engineering as a potential future educational and career pathway. Focus group sessions were conducted with students from 12 participating schools during the 2020-21 school year to examine how their interests and understanding of engineering were influenced by the course. There were four main question categories for the focus groups, including: (1) students’ perceptions of engineering, (2) engagement in the e4usa course, (3) influences of the e4usa course, and (4) experiences as a female in engineering. Focus group data were analyzed using open coding and constant comparison methods. Themes emerged from each of the main question categories, giving insight into students’ experiences in the e4usa course. Understanding student experiences in the e4usa course has the potential to impact the future design of pre-college engineering experiences that can lead to a more diverse engineering workforce.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2120746; 1849430</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>