--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -119,51 +119,51 @@
   <si>
     <t>Haziot, Susanna V.; Hur, Vera Mikyoung; Strauss, Walter A.; Toland, John F.; Wahlen, Erik; Walsh, Samuel; Wheeler, Miles H.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Quarterly of applied mathematics</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>317 - 401</t>
   </si>
   <si>
     <t>0033-569X</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2009981</t>
+    <t>2009981; 2102961</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>