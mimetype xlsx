--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,81 +95,84 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10345761</t>
   </si>
   <si>
     <t>https://doi.org/10.1103/PhysRevC.106.015504</t>
   </si>
   <si>
     <t>Measurement of the parity-odd angular distribution of &lt;math&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;/math&gt; rays from polarized neutron capture on &lt;math&gt;&lt;mmultiscripts&gt;&lt;mi&gt;Cl&lt;/mi&gt;&lt;mprescripts/&gt;&lt;none/&gt;&lt;mn&gt;35&lt;/mn&gt;&lt;/mmultiscripts&gt;&lt;/math&gt;</t>
   </si>
   <si>
-    <t>Fomin, N.; Alarcon, R.; Alonzi, L.; Askanazi, E.; Baeßler, S.; Balascuta, S.; Barrón-Palos, L.; Barzilov, A.; Blyth, D.; Bowman, J. D.; Birge, N.; Calarco, J. R.; Chupp, T. E.; Cianciolo, V.; Coppola, C. E.; Crawford, C. B.; Craycraft, K.; Evans, D.; Fieseler, C.; Frlež, E.; Fry, J.; Garishvili, I.; Gericke, M. T.; Gillis, R. C.; Grammer, K. B.; Greene, G. L.; Hall, J.; Hamblen, J.; Hayes, C.; Iverson, E. B.; Kabir, M. L.; Kucuker, S.; Lauss, B.; Mahurin, R.; McCrea, M.; Maldonado-Velázquez, M.; Masuda, Y.; Mei, J.; Milburn, R.; Mueller, P. E.; Musgrave, M.; Nann, H.; Novikov, I.; Parsons, D.; Penttilä, S. I.; Počanić, D.; Ramirez-Morales, A.; Root, M.; Salas-Bacci, A.; Santra, S.; Schröder, S.; Scott, E.; Seo, P.-N.; Sharapov, E. I.; Simmons, F.; Snow, W. M.; Sprow, A.; Stewart, J.; Tang, E.; Tang, Z.; Tong, X.; Turkoglu, D. J.; Whitehead, R.; Wilburn, W. S.</t>
+    <t>Fomin, N; Alarcon, R; Alonzi, L; Askanazi, E; Baeßler, S; Balascuta, S; Barrón-Palos, L; Barzilov, A; Blyth, D; Bowman, J D; Birge, N; Calarco, J R; Chupp, T E; Cianciolo, V; Coppola, C E; Crawford, C B; Craycraft, K; Evans, D; Fieseler, C; Frlež, E; Fry, J; Garishvili, I; Gericke, M T; Gillis, R C; Grammer, K B; Greene, G L; Hall, J; Hamblen, J; Hayes, C; Iverson, E B; Kabir, M L; Kucuker, S; Lauss, B; Mahurin, R; McCrea, M; Maldonado-Velázquez, M; Masuda, Y; Mei, J; Milburn, R; Mueller, P E; Musgrave, M; Nann, H; Novikov, I; Parsons, D; Penttilä, S I; Počanić, D; Ramirez-Morales, A; Root, M; Salas-Bacci, A; Santra, S; Schröder, S; Scott, E; Seo, P-N; Sharapov, E I; Simmons, F; Snow, W M; Sprow, A; Stewart, J; Tang, E; Tang, Z; Tong, X; Turkoglu, D J; Whitehead, R; Wilburn, W S</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-07-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review C</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2469-9985</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1812314; 2209484; 2209481; 0855610; 2111363</t>
+    <t>1812314; 2209484; 2209481; 0855610; 2111363; 2110988</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Physical Review</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -324,47 +327,49 @@
       </c>
       <c r="M2" s="0"/>
       <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>