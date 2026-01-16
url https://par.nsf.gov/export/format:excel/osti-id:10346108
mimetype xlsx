--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="111">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,303 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10346108</t>
-[...8 lines deleted...]
-    <t>Xu, Ying; Wang, Dakuo; Yu, Mo; Ritchie, Daniel; Yao, Bingsheng; Wu, Tongshuang; Zhang, Zheng; Li, Toby; Bradford, Nora; Sun, Branda; Hoang, Tran; Sang, Yisi; Hou, Yufang; Ma, Xiaojuan; Yang, Diyi; Peng, Nanyun; Yu, Zhou; Warschauer, Mark</t>
+    <t>10627338</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2025.139645</t>
+  </si>
+  <si>
+    <t>Direct-photon production in inelastic and high-multiplicity proton–proton collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;/math&gt; 13 TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Averyanov, D; Azmi, MD; Baba, H; Badalà, A; Bae, J; Bae, Y; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chen, M; Cheng, T; Cheshkov, C; Chiappara, D; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Choudhury, S; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Cindolo, F; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colelli, A; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crochet, P; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Di_Ruzza, B; Diab, B; Diaz, RA; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gami, S; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Gernhaeuser, RA; Ghosh, C; Giacalone, M; Gioachin, G; Giri, SK; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hobus, IPM; Hoffmann, FW; Hofman, B; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jiang, T; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keil, M; Ketzer, B; Keul, J; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, D; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Kozlov, G; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lévai, P; Li, M; Li, P; Li, X; Liang-Gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, H; Lim, SH; Lindenstruth, V; Lippmann, C; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lotteau, C; Lu, P; Lu, Z; Lugo, FV; Luhder, JR; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, SK; Malinina, L; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Marquez, CFB; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Mattiazzo, S; Matyja, A; Mazzaschi, F; Mazzilli, M; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Micheletti, L; Mihai, D; Mihaylov, DL; Mikalsen, AU; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Mondal, MM; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nastase, V; Nath, A; Nath, S; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Ogino, M; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panasenko, I; Panebianco, S; Pantouvakis, C; Park, H; Park, J; Park, S; Parkkila, JE; Patley, Y; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Plociennik, DK; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Radhakrishnan, AMK; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Ramírez-Álvarez, CO; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Rignanese, M; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sabiu, B; Sadovsky, S; Saetre, J; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-Hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stellhorn, T; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Suiu, A; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Tabares, LH; Taghavi, SF; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Terlizzi, L; Terrevoli, C; Thakur, S; Thogersen, M; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Upadhyaya, S; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Verma, R; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wang, Z; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiacek, PK; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-04-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>Question answering (QA) is a fundamental means to facilitate assessment and training of narrative comprehension skills for both machines and young children, yet there is scarcity of high-quality QA datasets carefully designed to serve this purpose. In particular, existing datasets rarely distinguish fine-grained reading skills, such as the understanding of varying narrative elements. Drawing on the reading education research, we introduce FairytaleQA, a dataset focusing on narrative comprehension of kindergarten to eighth-grade students. Generated by educational experts based on an evidence-based theoretical framework, FairytaleQA consists of 10,580 explicit and implicit questions derived from 278 children-friendly stories, covering seven types of narrative elements or relations. Our dataset is valuable in two folds: First, we ran existing QA models on our dataset and confirmed that this annotation helps assess models’ fine-grained learning skills. Second, the dataset supports question generation (QG) task in the education domain. Through benchmarking with QG models, we show that the QG model trained on FairytaleQA is capable of asking high-quality and more diverse questions.</t>
+    <t>2025-09-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Physics Letters B</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>139645</t>
+  </si>
+  <si>
+    <t>0370-2693</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2115382</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>2012154</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Elsevier</t>
+  </si>
+  <si>
+    <t>10599226</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2025.139562</t>
+  </si>
+  <si>
+    <t>Measurement of f1(1285) production in pp collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;mi mathvariant='italic'&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;/math&gt; = 13 TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Alvarez, COR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Averyanov, D; Azmi, MD; Baba, H; Badalà, A; Bae, J; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Ceballos_Sanchez, C; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chattopadhyay, S; Chattopadhyay, S; Chen, M; Cheng, T; Cheshkov, C; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colelli, A; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crochet, P; Cruz-Torres, R; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Di_Ruzza, B; Diab, B; Diaz, RA; Dietel, T; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gami, S; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Gernhaeuser, RA; Ghosh, C; Giacalone, M; Gioachin, G; Giri, SK; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JJWK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hobus, IPM; Hoffmann, FW; Hofman, B; Hong, GH; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jiang, T; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keidel, R; Keil, M; Ketzer, B; Keul, J; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Kozlov, G; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, M; Li, P; Li, X; Liang-Gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, SH; Lindenstruth, V; Lippmann, C; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lotteau, C; Lu, P; Lu, Z; Lugo, FV; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, SK; Malinina, L; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Marquez, CFB; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Matonoha, O; Mattiazzo, S; Matyja, A; Mazzaschi, F; Mazzilli, M; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Miake, Y; Micheletti, L; Mihaylov, DL; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nath, S; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panasenko, I; Panebianco, S; Pantouvakis, C; Park, H; Park, H; Park, J; Parkkila, JE; Patley, Y; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Plociennik, DK; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Radhakrishnan, AMK; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rami, F; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Rignanese, M; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sabiu, B; Sadovsky, S; Saetre, J; Šafařík, K; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-Hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stellhorn, T; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Szymkowski, M; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Terlizzi, L; Terrevoli, C; Thakur, S; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Upadhyaya, S; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Verma, R; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wang, Z; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>2025-07-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>139562</t>
+  </si>
+  <si>
+    <t>2208883; 2012154</t>
+  </si>
+  <si>
+    <t>10599232</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2025.139466</t>
+  </si>
+  <si>
+    <t>First polarisation measurement of coherently photoproduced J/ψ in ultra-peripheral Pb–Pb collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;NN&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;5.02&lt;/mn&gt;&lt;/math&gt; TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Adamová, D; Adler, A; Aglieri_Rinella, G; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altsybeev, I; Alvarado, JR; Anaam, MN; Andrei, C; Andronic, A; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Aresti, M; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Azmi, MD; Badalà, A; Bae, J; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Balbino, A; Baldisseri, A; Balis, B; Banerjee, D; Banoo, Z; Barbera, R; Barile, F; Barioglio, L; Barlou, M; Barnaföldi, GG; Barnby, LS; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Belyaev, V; Bencedi, G; Beole, S; Bercuci, A; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhat, MA; Bhattacharjee, B; Bianchi, L; Bianchi, N; Bielčík, J; Bielčíková, J; Biernat, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Bogdanov, A; Boi, S; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Bossi, H; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Catalano, F; Ceballos_Sanchez, C; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhyay, S; Chattopadhyay, S; Cheng, T; Cheshkov, C; Cheynis, B; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Cindolo, F; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cormier, TM; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crkovská, J; Crochet, P; Cruz-Torres, R; Cui, P; Dainese, A; Danisch, MC; Danu, A; Das, P; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Deb, S; Debski, RJ; Deja, KR; Del_Grande, R; Dello_Stritto, L; Deng, W; Dhankher, P; Di_Bari, D; Di_Mauro, A; Diaz, RA; Dietel, T; Ding, Y; Divià, R; Dixit, DU; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dudi, S; Dupieux, P; Durkac, M; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eikeland, VN; Eisenhut, F; Elia, D; Erazmus, B; Ercolessi, F; Erhardt, F; Ersdal, MR; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Fecchio, P; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Galvan, CD; Gangadharan, DR; Ganoti, P; Garabatos, C; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Garner, K; Gasik, P; Gautam, A; Gay_Ducati, MB; Germain, M; Ghimouz, A; Ghosh, C; Giacalone, M; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gorgon, M; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Habib, MK; Hadjidakis, C; Haider, FU; Hamagaki, H; Hamdi, A; Hamid, M; Han, Y; Hannigan, R; Haque, MR; Harris, JW; Harton, A; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Heckel, ST; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Herrera_Corral, G; Herrmann, F; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hoffmann, FW; Hofman, B; Hohlweger, B; Hong, GH; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Hughes, C; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Iddon, JP; Ilkaev, R; Ilyas, H; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Ivanov, M; Ivanov, M; Ivanov, V; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jaffe, L; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Jercic, M; Jia, S; Jimenez, AAP; Jonas, F; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalteyer, AS; Kalweit, A; Kaplin, V; Karasu_Uysal, A; Karatovic, D; Karavichev, O; Karavicheva, T; Karczmarczyk, P; Karpechev, E; Karwowska, MJ; Kebschull, U; Keidel, R; Keijdener, DLD; Keil, M; Ketzer, B; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Kidson, MB; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, JS; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Knospe, AG; Kobdaj, C; Kollegger, T; Kondratyev, A; Kondratyeva, N; Kondratyuk, E; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Kotliarov, A; Kovalenko, V; Kowalski, M; Kozhuharov, V; Králik, I; Kravčáková, A; Krcal, L; Kreis, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Kroesen, M; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kuryakin, A; Kushpil, S; Kvapil, J; Kweon, MJ; Kwon, JY; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Lavicka, R; Lazareva, T; Lea, R; Lee, H; Legras, G; Lehrbach, J; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, X; Li, XL; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, SH; Lindenstruth, V; Lindner, A; Lippmann, C; Liu, A; Liu, DH; Liu, J; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Loncar, P; Lopez, JA; Lopez, X; López_Torres, E; Lu, P; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Maevskaya, A; Mager, M; Maire, A; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, QW; Malik, SK; Malinina, L; Mal'Kevich, D; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manko, V; Manso, F; Manzari, V; Mao, Y; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Martinengo, P; Martinez, JL; Martínez, MI; Martínez_García, G; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Mastroserio, A; Matonoha, O; Matuoka, PFT; Matyja, A; Mayer, C; Mazuecos, AL; Mazzaschi, F; Mazzilli, M; Mdhluli, JE; Mechler, AF; Melikyan, Y; Menchaca-Rocha, A; Meninno, E; Menon, AS; Meres, M; Mhlanga, S; Miake, Y; Micheletti, L; Migliorin, LC; Mihaylov, DL; Mikhaylov, K; Mishra, AN; Miśkowiec, D; Modak, A; Mohanty, AP; Mohanty, B; Mohisin_Khan, M; Molander, MA; Moravcova, Z; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nellen, L; Nesbo, SV; Neskovic, G; Nesterov, D; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Ogino, M; Ohlson, A; Okorokov, VA; Oleniacz, J; Oliveira_Da_Silva, AC; Oliver, MH; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panebianco, S; Park, H; Park, H; Park, J; Parkkila, JE; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Pereira, LG; Peresunko, D; Perez, GM; Perrin, S; Pestov, Y; Petráček, V; Petrov, V; Petrovici, M; Pezzi, RP; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Pugelova, Z; Qiu, S; Quaglia, L; Quishpe, RE; Ragoni, S; Rakotozafindrabe, A; Ramello, L; Rami, F; Rancien, TA; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Rescakova, Z; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Ristea, C; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas, PF; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosano, A; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Ruggiano, D; Rui, R; Rumyantsev, B; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Rytkonen, H; Rzesa, W; Saarimaki, OAM; Sadek, R; Sadhu, S; Sadovsky, S; Saetre, J; Šafařík, K; Saha, SK; Saha, S; Sahoo, B; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Sanna, I; Saramela, TB; Sarkar, D; Sarkar, N; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schwarz, K; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Slupecki, M; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Songmoolnak, A; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stiefelmaier, SF; Stocco, D; Storehaug, I; Stratmann, P; Strazzi, S; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Swain, S; Szarka, I; Szymkowski, M; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Tejeda_Muñoz, G; Telesca, A; Terlizzi, L; Terrevoli, C; Thakur, S; Thomas, D; Tikhonov, A; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Topilskaya, N; Toppi, M; Torales-Acosta, F; Tork, T; Torres_Ramos, AG; Trifiró, A; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; Van_Hulse, C; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vino, G; Vinogradov, A; Virgili, T; Virta, MMO; Vislavicius, V; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, K; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wang, C; Wang, D; Wang, Y; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xu, R; Yadav, A; Yadav, AK; Yalcin, S; Yamaguchi, Y; Yang, S; Yano, S; Yin, Z; Yoo, I-K; Yoon, JH; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, L; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>2025-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>139466</t>
+  </si>
+  <si>
+    <t>10599236</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2025.139409</t>
+  </si>
+  <si>
+    <t>Medium-induced modification of groomed and ungroomed jet mass and angularities in Pb–Pb collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;NN&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;5.02&lt;/mn&gt;&lt;/math&gt;</t>
+  </si>
+  <si>
+    <t>Acharya, S; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Alvarez, COR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Averyanov, D; Azmi, MD; Baba, H; Badalà, A; Bae, J; Bae, Y; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chen, M; Cheng, T; Cheshkov, C; Chiappara, D; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Choudhury, S; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Cindolo, F; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colelli, A; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crochet, P; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Di_Ruzza, B; Diab, B; Diaz, RA; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gami, S; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Gernhaeuser, RA; Ghosh, C; Giacalone, M; Gioachin, G; Giri, SK; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JJWK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hobus, IPM; Hoffmann, FW; Hofman, B; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jiang, T; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keil, M; Ketzer, B; Keul, J; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, D; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Kozlov, G; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, M; Li, P; Li, X; Liang-gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, H; Lim, SH; Lindenstruth, V; Lippmann, C; Liskova, D; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lotteau, C; Lu, P; Lu, Z; Lugo, FV; Luhder, JR; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, SK; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Marquez, CFB; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Mattiazzo, S; Matyja, A; Mazzaschi, F; Mazzilli, M; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Micheletti, L; Mihai, D; Mihaylov, DL; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Mondal, MM; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nastase, V; Nath, A; Nath, S; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panasenko, I; Panebianco, S; Pantouvakis, C; Park, H; Park, J; Park, S; Parkkila, JE; Patley, Y; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Plociennik, DK; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Radhakrishnan, AMK; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Rignanese, M; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sabiu, B; Sadovsky, S; Saetre, J; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stellhorn, T; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Suiu, A; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Tabares, LH; Taghavi, SF; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Terlizzi, L; Terrevoli, C; Thakur, S; Thogersen, M; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Upadhyaya, S; Uras, A; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Verma, R; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wang, Z; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiacek, PK; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>2025-05-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>139409</t>
+  </si>
+  <si>
+    <t>10599237</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1475-7516/2025/04/009</t>
+  </si>
+  <si>
+    <t>Multimuons in cosmic-ray events as seen in ALICE at the LHC</t>
+  </si>
+  <si>
+    <t>Acharya, S; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Alvarez, COR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Averyanov, D; Azmi, MD; Baba, H; Badalà, A; Bae, J; Bae, Y; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chen, M; Cheng, T; Cheshkov, C; Chiappara, D; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Choudhury, S; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Cindolo, F; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colelli, A; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crochet, P; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Di_Ruzza, B; Diab, B; Diaz, RA; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gami, S; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Gernhaeuser, RA; Ghosh, C; Giacalone, M; Gioachin, G; Giri, SK; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JJWK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hobus, IPM; Hoffmann, FW; Hofman, B; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jachołkowski, A; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jiang, T; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keil, M; Ketzer, B; Keul, J; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, D; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Kozlov, G; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, M; Li, P; Li, X; Liang-gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, H; Lim, SH; Lindenstruth, V; Lippmann, C; Liskova, D; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lotteau, C; Lu, P; Lu, Z; Lugo, FV; Luhder, JR; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, SK; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Marquez, CFB; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Mattiazzo, S; Matyja, A; Mazzaschi, F; Mazzilli, M; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Micheletti, L; Mihai, D; Mihaylov, DL; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Mondal, MM; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nastase, V; Nath, A; Nath, S; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panasenko, I; Panebianco, S; Pantouvakis, C; Park, H; Park, J; Park, S; Parkkila, JE; Patley, Y; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Plociennik, DK; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Radhakrishnan, AMK; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Rignanese, M; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sabiu, B; Sadovsky, S; Saetre, J; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stellhorn, T; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Suiu, A; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Szymkowski, M; Tabares, LH; Taghavi, SF; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Terlizzi, L; Terrevoli, C; Thakur, S; Thogersen, M; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Upadhyaya, S; Uras, A; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Verma, R; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wang, Z; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiacek, PK; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>The_ALICE_collaboration</t>
+  </si>
+  <si>
+    <t>2025-04-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Cosmology and Astroparticle Physics</t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>1475-7516</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;ALICE is a large experiment at the CERN Large Hadron Collider. Located 52 meters underground, its detectors are suitable to measure muons produced by cosmic-ray interactions in the atmosphere. In this paper, the studies of the cosmic muons registered by ALICE during Run 2 (2015–2018) are described.The analysis is limited to multimuon events defined as events with more than four detected muons (&lt;italic&gt;N&lt;sub&gt;μ&lt;/sub&gt;&lt;/italic&gt;&gt; 4) and in the zenith angle range 0° &lt; θ &lt; 50°. The results are compared with Monte Carlo simulations using three of the main hadronic interaction models describing the air shower development in the atmosphere: QGSJET-II-04, EPOS-LHC, and SIBYLL 2.3d.The interval of the primary cosmic-ray energy involved in the measuredmuon multiplicity distribution is about4 × 10&lt;sup&gt;15&lt;/sup&gt;&lt;&lt;italic&gt;E&lt;/italic&gt;&lt;sub&gt;prim&lt;/sub&gt;&lt; 6 × 10&lt;sup&gt;16&lt;/sup&gt;eV.In this interval none of the three models is able to describe precisely the trend of the composition of cosmic rays as the energy increases. However,QGSJET-II-04 is found to be the only model capable of reproducing reasonably well the muon multiplicity distribution, assuming a heavy composition of the primary cosmic raysover the whole energy range, while SIBYLL 2.3d and EPOS-LHC underpredict thenumber of muons in a large interval of multiplicity by more than 20% and 30%, respectively.The rate of high muon multiplicity events (&lt;italic&gt;N&lt;sub&gt;μ&lt;/sub&gt;&lt;/italic&gt;&gt; 100) obtainedwith QGSJET-II-04 and SIBYLL 2.3d is compatible with the data, while EPOS-LHC produces a significantly lower rate (55% of the measured rate). For both QGSJET-II-04 and SIBYLL 2.3d, the rate is close to the data when the composition is assumed to be dominated by heavy elements, an outcome compatible with the average energy &lt;italic&gt;E&lt;/italic&gt;&lt;sub&gt;prim&lt;/sub&gt;∼ 10&lt;sup&gt;17&lt;/sup&gt;eV of these events.This result places significant constraints on more exotic production mechanisms.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>IOP Publishing</t>
+  </si>
+  <si>
+    <t>10599251</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.nuclphysb.2024.116786</t>
+  </si>
+  <si>
+    <t>Multiplicity dependence of ϒ production at forward rapidity in pp collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;13&lt;/mn&gt;&lt;/math&gt; TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Adamová, D; Adler, A; Aglieri_Rinella, G; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Ali, Y; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altsybeev, I; Alvarado, JR; Anaam, MN; Andrei, C; Andronic, A; Anguelov, V; Antinori, F; Antonioli, P; Anuj, C; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Aresti, M; Arnaldi, R; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Azmi, MD; Badalà, A; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banerjee, D; Banoo, Z; Barbera, R; Barile, F; Barioglio, L; Barlou, M; Barnaföldi, GG; Barnby, LS; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Baruffaldi, F; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Belyaev, V; Bencedi, G; Beole, S; Bercuci, A; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhat, MA; Bhattacharjee, B; Bianchi, L; Bianchi, N; Bielčík, J; Bielčíková, J; Biernat, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Bogdanov, A; Boi, S; Bok, J; Boldizsár, L; Bolozdynya, A; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Bossi, H; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Bugnon, O; Buhler, P; Buthelezi, Z; Butt, JB; Bysiak, SA; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Castillo_Castellanos, J; Catalano, F; Ceballos_Sanchez, C; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhyay, S; Chattopadhyay, S; Cheng, T; Cheshkov, C; Cheynis, B; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Cifarelli, L; Cindolo, F; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cormier, TM; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Crkovská, J; Crochet, P; Cruz-Torres, R; Cuautle, E; Cui, P; Cunqueiro, L; Dainese, A; Danisch, MC; Danu, A; Das, P; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, S; Debski, RJ; Deja, KR; Del_Grande, R; Dello_Stritto, L; Deng, W; Dhankher, P; Di_Bari, D; Di_Mauro, A; Diaz, RA; Dietel, T; Ding, Y; Divià, R; Dixit, DU; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubey, AK; Dubinski, JM; Dubla, A; Dudi, S; Dupieux, P; Durkac, M; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eikeland, VN; Eisenhut, F; Elia, D; Erazmus, B; Ercolessi, F; Erhardt, F; Ersdal, MR; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Fecchio, P; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Galvan, CD; Gangadharan, DR; Ganoti, P; Garabatos, C; García_Chávez, T; Garcia-Solis, E; Garg, K; Gargiulo, C; Garibli, A; Garner, K; Gasik, P; Gautam, A; Gay_Ducati, MB; Germain, M; Ghosh, C; Ghosh, SK; Giacalone, M; Gianotti, P; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; González-Trueba, LH; Gorgon, M; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gyulai, L; Habib, MK; Hadjidakis, C; Hamagaki, H; Hamdi, A; Hamid, M; Han, Y; Hannigan, R; Haque, MR; Harris, JW; Harton, A; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Heckel, ST; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Herrera_Corral, G; Herrmann, F; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hills, C; Hippolyte, B; Hofman, B; Hohlweger, B; Honermann, J; Hong, GH; Horst, M; Horzyk, A; Hosokawa, R; Hou, Y; Hristov, P; Hughes, C; Huhn, P; Huhta, LM; Humanic, TJ; Hushnud, H; Hutson, A; Hutter, D; Iddon, JP; Ilkaev, R; Ilyas, H; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Ivanov, M; Ivanov, M; Ivanov, V; Izucheev, V; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jaffe, L; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Jercic, M; Jevons, O; Jimenez, AAP; Jonas, F; Jones, PG; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalteyer, AS; Kalweit, A; Kaplin, V; Karasu_Uysal, A; Karatovic, D; Karavichev, O; Karavicheva, T; Karczmarczyk, P; Karpechev, E; Karwowska, MJ; Kashyap, V; Kebschull, U; Keidel, R; Keijdener, DLD; Keil, M; Ketzer, B; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, JS; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Knospe, AG; Kobdaj, C; Kollegger, T; Kondratyev, A; Kondratyuk, E; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Koryciak, SD; Kotliarov, A; Kovalenko, V; Kowalski, M; Kozhuharov, V; Králik, I; Kravčáková, A; Kreis, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Kroesen, M; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kushpil, S; Kvapil, J; Kweon, MJ; Kwon, JY; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lai, YS; Lakrathok, A; Lamanna, M; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Lavicka, R; Lazareva, T; Lea, R; Legras, G; Lehrbach, J; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lettrich, M; Lévai, P; Li, X; Li, XL; Lien, J; Lietava, R; Lim, B; Lim, SH; Lindenstruth, V; Lindner, A; Lippmann, C; Liu, A; Liu, DH; Liu, J; Lofnes, IM; Loizides, C; Loncar, P; Lopez, JA; Lopez, X; López_Torres, E; Lu, P; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Maevskaya, A; Mager, M; Mahmoud, T; Maire, A; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, QW; Malik, SK; Malinina, L; Mal'Kevich, D; Mallick, D; Mallick, N; Mandaglio, G; Manko, V; Manso, F; Manzari, V; Mao, Y; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Martinengo, P; Martinez, JL; Martínez, MI; Martínez_García, G; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Mastroserio, A; Mathis, AM; Matonoha, O; Matuoka, PFT; Matyja, A; Mayer, C; Mazuecos, AL; Mazzaschi, F; Mazzilli, M; Mdhluli, JE; Mechler, AF; Melikyan, Y; Menchaca-Rocha, A; Meninno, E; Menon, AS; Meres, M; Mhlanga, S; Miake, Y; Micheletti, L; Migliorin, LC; Mihaylov, DL; Mikhaylov, K; Mishra, AN; Miśkowiec, D; Modak, A; Mohanty, AP; Mohanty, B; Mohisin_Khan, M; Molander, MA; Moravcova, Z; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nattrass, C; Neagu, A; Negru, A; Nellen, L; Nesbo, SV; Neskovic, G; Nesterov, D; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Ogino, M; Ohlson, A; Okorokov, VA; Oleniacz, J; Oliveira_Da_Silva, AC; Oliver, MH; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Oskarsson, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panebianco, S; Park, H; Park, J; Parkkila, JE; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Pereira, LG; Pereira_Da_Costa, H; Peresunko, D; Perez, GM; Perrin, S; Pestov, Y; Petráček, V; Petrov, V; Petrovici, M; Pezzi, RP; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Poghosyan, MG; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Porter, J; Pozdniakov, V; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Pugelova, Z; Qiu, S; Quaglia, L; Quishpe, RE; Ragoni, S; Rakotozafindrabe, A; Ramello, L; Rami, F; Rancien, TA; Raniwala, R; Raniwala, S; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Rescakova, Z; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richert, T; Richter, M; Riedel, AA; Riegler, W; Riggi, F; Ristea, C; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas, PF; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosano, A; Rosas, ED; Rossi, A; Roy, A; Roy, P; Roy, S; Rubini, N; Ruggiano, D; Rui, R; Rumyantsev, B; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Rytkonen, H; Rzesa, W; Saarimaki, OAM; Sadek, R; Sadhu, S; Sadovsky, S; Saetre, J; Šafařík, K; Saha, SK; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Sanna, I; Saramela, TB; Sarkar, D; Sarkar, N; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schukraft, J; Schwarz, K; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, A; Sharma, D; Sharma, H; Sharma, M; Sharma, N; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Slupecki, M; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Songmoolnak, A; Soramel, F; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stiefelmaier, SF; Stocco, D; Storehaug, I; Storetvedt, MM; Stratmann, P; Strazzi, S; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Swain, S; Szarka, I; Tabassam, U; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Telesca, A; Terlizzi, L; Terrevoli, C; Tersimonov, G; Thakur, S; Thomas, D; Tikhonov, A; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Topilskaya, N; Toppi, M; Torales-Acosta, F; Tork, T; Torres_Ramos, AG; Trifiró, A; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; Vallero, S; van_Doremalen, LVR; Van_Hulse, C; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Varga-Kofarago, M; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Vino, G; Vinogradov, A; Virgili, T; Vislavicius, V; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, K; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wagner, B; Wang, C; Wang, D; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xu, R; Yadav, A; Yadav, AK; Yalcin, S; Yamaguchi, Y; Yamakawa, K; Yang, S; Yano, S; Yin, Z; Yoo, I-K; Yoon, JH; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanoli, HJC; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhigareva, N; Zhou, D; Zhou, Y; Zhu, J; Zhu, Y; Zinovjev, G; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>2025-02-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Nuclear Physics B</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>116786</t>
+  </si>
+  <si>
+    <t>0550-3213</t>
+  </si>
+  <si>
+    <t>10599256</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2024.139191</t>
+  </si>
+  <si>
+    <t>Rapidity dependence of antideuteron coalescence in pp collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;13&lt;/mn&gt;&lt;/math&gt; TeV with ALICE</t>
+  </si>
+  <si>
+    <t>Acharya, S; Adamová, D; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Alvarez, COR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Averyanov, D; Azmi, MD; Baba, H; Badalà, A; Bae, J; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banerjee, D; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Ceballos_Sanchez, C; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chattopadhyay, S; Chattopadhyay, S; Chen, M; Cheng, T; Cheshkov, C; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colelli, A; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crochet, P; Cruz-Torres, R; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Diab, B; Diaz, RA; Dietel, T; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Gernhaeuser, RA; Ghosh, C; Giacalone, M; Gioachin, G; Giri, SK; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JJWK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Han, Y; Hanley, BG; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hobus, IPM; Hoffmann, FW; Hofman, B; Hong, GH; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jiang, T; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keidel, R; Keil, M; Ketzer, B; Keul, J; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Kozlov, G; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, M; Li, P; Li, X; Liang-gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, SH; Lindenstruth, V; Lindner, A; Lippmann, C; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lotteau, C; Lu, P; Lu, Z; Lugo, FV; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, QW; Malik, SK; Malinina, L; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Matonoha, O; Mattiazzo, S; Matyja, A; Mazuecos, AL; Mazzaschi, F; Mazzilli, M; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Miake, Y; Micheletti, L; Mihaylov, DL; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nath, S; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panebianco, S; Pantouvakis, C; Park, H; Park, H; Park, J; Parkkila, JE; Patley, Y; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Plociennik, DK; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rami, F; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Rescakova, Z; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Rignanese, M; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sabiu, B; Sadovsky, S; Saetre, J; Šafařík, K; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stellhorn, T; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Szymkowski, M; Tabares, LH; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Terlizzi, L; Terrevoli, C; Thakur, S; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Upadhyaya, S; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Verma, R; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wang, Z; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>2025-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>139191</t>
+  </si>
+  <si>
+    <t>2208883</t>
+  </si>
+  <si>
+    <t>10627335</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2024.139066</t>
+  </si>
+  <si>
+    <t>Measurement of &lt;math altimg='si1.svg'&gt;&lt;mmultiscripts&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;H&lt;/mi&gt;&lt;/mrow&gt;&lt;mprescripts/&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;Λ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/math&gt; production in Pb–Pb collisions at &lt;math altimg='si2.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;NN&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;5.02&lt;/mn&gt;&lt;/math&gt; TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Adamová, D; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Alvarez, COR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Aresti, M; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Averyanov, D; Azmi, MD; Baba, H; Badalà, A; Bae, J; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banerjee, D; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bianchi, N; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Bossi, H; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Ceballos_Sanchez, C; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chattopadhyay, S; Chattopadhyay, S; Chen, M; Cheng, T; Cheshkov, C; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crkovská, J; Crochet, P; Cruz-Torres, R; Cui, P; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Diab, B; Diaz, RA; Dietel, T; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Gernhaeuser, RA; Ghosh, C; Giacalone, M; Gioachin, G; Giri, SK; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JJWK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Hamdi, A; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hoffmann, FW; Hofman, B; Hong, GH; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keidel, R; Keil, M; Ketzer, B; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, M; Li, X; Liang-gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, SH; Lindenstruth, V; Lindner, A; Lippmann, C; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lotteau, C; Lu, P; Lugo, FV; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, QW; Malik, SK; Malinina, L; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Matonoha, O; Mattiazzo, S; Matyja, A; Mazuecos, AL; Mazzaschi, F; Mazzilli, M; Mdhluli, JE; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Miake, Y; Micheletti, L; Mihaylov, DL; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nath, S; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Neskovic, G; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panebianco, S; Pantouvakis, C; Park, H; Park, H; Park, J; Parkkila, JE; Patley, Y; Patra, RN; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Plociennik, DK; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rami, F; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Rescakova, Z; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Rignanese, M; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sabiu, B; Sadovsky, S; Saetre, J; Šafařík, K; Saha, SK; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Szarka, I; Szymkowski, M; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Telesca, A; Terlizzi, L; Terrevoli, C; Thakur, S; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Verma, R; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>139066</t>
+  </si>
+  <si>
+    <t>10599272</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2024.138943</t>
+  </si>
+  <si>
+    <t>Measurement of (anti)alpha production in central Pb–Pb collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;NN&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;5.02&lt;/mn&gt;&lt;/math&gt; TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Adamová, D; Aglieri_Rinella, G; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Aresti, M; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Azmi, MD; Baba, H; Badalà, A; Bae, J; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banerjee, D; Banoo, Z; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhat, MA; Bhattacharjee, B; Bianchi, L; Bianchi, N; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Boi, S; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Bossi, H; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Catalano, F; Ceballos_Sanchez, C; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhyay, S; Chattopadhyay, S; Cheng, T; Cheshkov, C; Cheynis, B; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Choudhury, D; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crkovská, J; Crochet, P; Cruz-Torres, R; Cui, P; Dainese, A; Danisch, MC; Danu, A; Das, P; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Dhankher, P; Di_Bari, D; Di_Mauro, A; Diab, B; Diaz, RA; Dietel, T; Ding, Y; Ditzel, J; Divià, R; Dixit, DU; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dudi, S; Dupieux, P; Durkac, M; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gangadharan, DR; Ganoti, P; Garabatos, C; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gautam, A; Gay_Ducati, MB; Germain, M; Ghimouz, A; Ghosh, C; Giacalone, M; Gioachin, G; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Hamdi, A; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Herrera_Corral, G; Herrmann, F; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hoffmann, FW; Hofman, B; Hong, GH; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Hughes, C; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Ilyas, H; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalteyer, AS; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karavichev, O; Karavicheva, T; Karczmarczyk, P; Karpechev, E; Karwowska, MJ; Kebschull, U; Keidel, R; Keijdener, DLD; Keil, M; Ketzer, B; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Kroesen, M; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, X; Liang-gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, SH; Lindenstruth, V; Lindner, A; Lippmann, C; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Loncar, P; Lopez, X; López_Torres, E; Lu, P; Lugo, FV; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, QW; Malik, SK; Malinina, L; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Matonoha, O; Mattiazzo, S; Matyja, A; Mayer, C; Mazuecos, AL; Mazzaschi, F; Mazzilli, M; Mdhluli, JE; Melikyan, Y; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Meres, M; Miake, Y; Micheletti, L; Mihaylov, DL; Mikhaylov, K; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Neskovic, G; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panebianco, S; Park, H; Park, H; Park, J; Parkkila, JE; Patley, Y; Paul, B; Paulino, MMDM; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petrov, V; Petrovici, M; Pezzi, RP; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Pugelova, Z; Qiu, S; Quaglia, L; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rami, F; Rancien, TA; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Rescakova, Z; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas, PF; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosano, A; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Rytkonen, H; Ryu, J; Rzesa, W; Saarimaki, OAM; Sadhu, S; Sadovsky, S; Saetre, J; Šafařík, K; Saha, P; Saha, SK; Saha, S; Sahoo, B; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Slupecki, M; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stiefelmaier, SF; Stocco, D; Storehaug, I; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Szarka, I; Szymkowski, M; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Telesca, A; Terlizzi, L; Terrevoli, C; Thakur, S; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomohiro, K; Topilskaya, N; Toppi, M; Tork, T; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triolo, AS; Tripathy, S; Tripathy, T; Trogolo, S; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Verma, R; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vislavicius, V; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yalcin, S; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhong, C; Zhou, D; Zhou, Y; Zhu, J; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>2024-11-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>138943</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>10599265</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.physletb.2024.139017</t>
+  </si>
+  <si>
+    <t>Measurement of the impact-parameter dependent azimuthal anisotropy in coherent ρ0 photoproduction in Pb–Pb collisions at &lt;math altimg='si1.svg'&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;NN&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;mo linebreak='goodbreak' linebreakstyle='after'&gt;=&lt;/mo&gt;&lt;mn&gt;5.02&lt;/mn&gt;&lt;/math&gt; TeV</t>
+  </si>
+  <si>
+    <t>Acharya, S; Adamová, D; Agarwal, A; Aglieri_Rinella, G; Aglietta, L; Agnello, M; Agrawal, N; Ahammed, Z; Ahmad, S; Ahn, SU; Ahuja, I; Akindinov, A; Akishina, V; Al-Turany, M; Aleksandrov, D; Alessandro, B; Alfanda, HM; Alfaro_Molina, R; Ali, B; Alici, A; Alizadehvandchali, N; Alkin, A; Alme, J; Alocco, G; Alt, T; Altamura, AR; Altsybeev, I; Alvarado, JR; Alvarez, COR; Anaam, MN; Andrei, C; Andreou, N; Andronic, A; Andronov, E; Anguelov, V; Antinori, F; Antonioli, P; Apadula, N; Aphecetche, L; Appelshäuser, H; Arata, C; Arcelli, S; Aresti, M; Arnaldi, R; Arneiro, JGMCA; Arsene, IC; Arslandok, M; Augustinus, A; Averbeck, R; Azmi, MD; Baba, H; Badalà, A; Bae, J; Baek, YW; Bai, X; Bailhache, R; Bailung, Y; Bala, R; Balbino, A; Baldisseri, A; Balis, B; Banerjee, D; Banoo, Z; Barbasova, V; Barile, F; Barioglio, L; Barlou, M; Barman, B; Barnaföldi, GG; Barnby, LS; Barreau, E; Barret, V; Barreto, L; Bartels, C; Barth, K; Bartsch, E; Bastid, N; Basu, S; Batigne, G; Battistini, D; Batyunya, B; Bauri, D; Bazo_Alba, JL; Bearden, IG; Beattie, C; Becht, P; Behera, D; Belikov, I; Bell_Hechavarria, ADC; Bellini, F; Bellwied, R; Belokurova, S; Beltran, LGE; Beltran, YAV; Bencedi, G; Bensaoula, A; Beole, S; Berdnikov, Y; Berdnikova, A; Bergmann, L; Besoiu, MG; Betev, L; Bhaduri, PP; Bhasin, A; Bhattacharjee, B; Bianchi, L; Bianchi, N; Bielčík, J; Bielčíková, J; Bigot, AP; Bilandzic, A; Biro, G; Biswas, S; Bize, N; Blair, JT; Blau, D; Blidaru, MB; Bluhme, N; Blume, C; Boca, G; Bock, F; Bodova, T; Bok, J; Boldizsár, L; Bombara, M; Bond, PM; Bonomi, G; Borel, H; Borissov, A; Borquez_Carcamo, AG; Bossi, H; Botta, E; Bouziani, YEM; Bratrud, L; Braun-Munzinger, P; Bregant, M; Broz, M; Bruno, GE; Buchakchiev, VD; Buckland, MD; Budnikov, D; Buesching, H; Bufalino, S; Buhler, P; Burmasov, N; Buthelezi, Z; Bylinkin, A; Bysiak, SA; Cabanillas_Noris, JC; Cabrera, MFT; Cai, M; Caines, H; Caliva, A; Calvo_Villar, E; Camacho, JMM; Camerini, P; Canedo, FDM; Cantway, SL; Carabas, M; Carballo, AA; Carnesecchi, F; Caron, R; Carvalho, LAD; Castillo_Castellanos, J; Castoldi, M; Catalano, F; Cattaruzzi, S; Ceballos_Sanchez, C; Cerri, R; Chakaberia, I; Chakraborty, P; Chandra, S; Chapeland, S; Chartier, M; Chattopadhay, S; Chattopadhyay, S; Chattopadhyay, S; Chen, M; Cheng, T; Cheshkov, C; Chibante_Barroso, V; Chinellato, DD; Chizzali, ES; Cho, J; Cho, S; Chochula, P; Chochulska, ZA; Choudhury, D; Christakoglou, P; Christensen, CH; Christiansen, P; Chujo, T; Ciacco, M; Cicalo, C; Ciupek, MR; Clai, G; Colamaria, F; Colburn, JS; Colella, D; Colocci, M; Concas, M; Conesa_Balbastre, G; Conesa_del_Valle, Z; Contin, G; Contreras, JG; Coquet, ML; Cortese, P; Cosentino, MR; Costa, F; Costanza, S; Cot, C; Crkovská, J; Crochet, P; Cruz-Torres, R; Cui, P; Czarnynoga, MM; Dainese, A; Dange, G; Danisch, MC; Danu, A; Das, P; Das, P; Das, S; Dash, AR; Dash, S; De_Caro, A; de_Cataldo, G; de_Cuveland, J; De_Falco, A; De_Gruttola, D; De_Marco, N; De_Martin, C; De_Pasquale, S; Deb, R; Del_Grande, R; Dello_Stritto, L; Deng, W; Devereaux, KC; Dhankher, P; Di_Bari, D; Di_Mauro, A; Diab, B; Diaz, RA; Dietel, T; Ding, Y; Ditzel, J; Divià, R; Djuvsland, Ø; Dmitrieva, U; Dobrin, A; Dönigus, B; Dubinski, JM; Dubla, A; Dupieux, P; Dzalaiova, N; Eder, TM; Ehlers, RJ; Eisenhut, F; Ejima, R; Elia, D; Erazmus, B; Ercolessi, F; Espagnon, B; Eulisse, G; Evans, D; Evdokimov, S; Fabbietti, L; Faggin, M; Faivre, J; Fan, F; Fan, W; Fantoni, A; Fasel, M; Feliciello, A; Feofilov, G; Fernández_Téllez, A; Ferrandi, L; Ferrer, MB; Ferrero, A; Ferrero, C; Ferretti, A; Feuillard, VJG; Filova, V; Finogeev, D; Fionda, FM; Flatland, E; Flor, F; Flores, AN; Foertsch, S; Fokin, I; Fokin, S; Follo, U; Fragiacomo, E; Frajna, E; Fuchs, U; Funicello, N; Furget, C; Furs, A; Fusayasu, T; Gaardhøje, JJ; Gagliardi, M; Gago, AM; Gahlaut, T; Galvan, CD; Gangadharan, DR; Ganoti, P; Garabatos, C; Garcia, JM; García_Chávez, T; Garcia-Solis, E; Gargiulo, C; Gasik, P; Gaur, HM; Gautam, A; Gay_Ducati, MB; Germain, M; Ghosh, C; Giacalone, M; Gioachin, G; Giubellino, P; Giubilato, P; Glaenzer, AMC; Glässel, P; Glimos, E; Goh, DJQ; Gonzalez, V; Gordeev, P; Gorgon, M; Goswami, K; Gotovac, S; Grabski, V; Graczykowski, LK; Grecka, E; Grelli, A; Grigoras, C; Grigoriev, V; Grigoryan, S; Grosa, F; Grosse-Oetringhaus, JF; Grosso, R; Grund, D; Grunwald, NA; Guardiano, GG; Guernane, R; Guilbaud, M; Gulbrandsen, K; Gumprecht, JJWK; Gündem, T; Gunji, T; Guo, W; Gupta, A; Gupta, R; Gupta, R; Gwizdziel, K; Gyulai, L; Hadjidakis, C; Haider, FU; Haidlova, S; Haldar, M; Hamagaki, H; Hamdi, A; Han, Y; Hanley, BG; Hannigan, R; Hansen, J; Haque, MR; Harris, JW; Harton, A; Hartung, MV; Hassan, H; Hatzifotiadou, D; Hauer, P; Havener, LB; Hellbär, E; Helstrup, H; Hemmer, M; Herman, T; Hernandez, SG; Herrera_Corral, G; Herrmann, S; Hetland, KF; Heybeck, B; Hillemanns, H; Hippolyte, B; Hoffmann, FW; Hofman, B; Hong, GH; Horst, M; Horzyk, A; Hou, Y; Hristov, P; Huhn, P; Huhta, LM; Humanic, TJ; Hutson, A; Hutter, D; Hwang, MC; Ilkaev, R; Inaba, M; Innocenti, GM; Ippolitov, M; Isakov, A; Isidori, T; Islam, MS; Iurchenko, S; Ivanov, M; Ivanov, M; Ivanov, V; Iversen, KE; Jablonski, M; Jacak, B; Jacazio, N; Jacobs, PM; Jadlovska, S; Jadlovsky, J; Jaelani, S; Jahnke, C; Jakubowska, MJ; Janik, MA; Janson, T; Ji, S; Jia, S; Jimenez, AAP; Jonas, F; Jones, DM; Jowett, JM; Jung, J; Jung, M; Junique, A; Jusko, A; Kaewjai, J; Kalinak, P; Kalweit, A; Karasu_Uysal, A; Karatovic, D; Karatzenis, N; Karavichev, O; Karavicheva, T; Karpechev, E; Karwowska, MJ; Kebschull, U; Keidel, R; Keil, M; Ketzer, B; Khade, SS; Khan, AM; Khan, S; Khanzadeev, A; Kharlov, Y; Khatun, A; Khuntia, A; Khuranova, Z; Kileng, B; Kim, B; Kim, C; Kim, DJ; Kim, EJ; Kim, J; Kim, J; Kim, J; Kim, M; Kim, S; Kim, T; Kimura, K; Kirkova, A; Kirsch, S; Kisel, I; Kiselev, S; Kisiel, A; Kitowski, JP; Klay, JL; Klein, J; Klein, S; Klein-Bösing, C; Kleiner, M; Klemenz, T; Kluge, A; Kobdaj, C; Kohara, R; Kollegger, T; Kondratyev, A; Kondratyeva, N; Konig, J; Konigstorfer, SA; Konopka, PJ; Kornakov, G; Korwieser, M; Koryciak, SD; Koster, C; Kotliarov, A; Kovacic, N; Kovalenko, V; Kowalski, M; Kozhuharov, V; Králik, I; Kravčáková, A; Krcal, L; Krivda, M; Krizek, F; Krizkova_Gajdosova, K; Krug, C; Krüger, M; Krupova, DM; Kryshen, E; Kučera, V; Kuhn, C; Kuijer, PG; Kumaoka, T; Kumar, D; Kumar, L; Kumar, N; Kumar, S; Kundu, S; Kurashvili, P; Kurepin, A; Kurepin, AB; Kuryakin, A; Kushpil, S; Kuskov, V; Kutyla, M; Kuznetsov, A; Kweon, MJ; Kwon, Y; La_Pointe, SL; La_Rocca, P; Lakrathok, A; Lamanna, M; Landou, AR; Langoy, R; Larionov, P; Laudi, E; Lautner, L; Laveaga, RAN; Lavicka, R; Lea, R; Lee, H; Legrand, I; Legras, G; Lehrbach, J; Lejeune, AM; Lelek, TM; Lemmon, RC; León_Monzón, I; Lesch, MM; Lesser, ED; Lévai, P; Li, M; Li, X; Liang-gilman, BE; Lien, J; Lietava, R; Likmeta, I; Lim, B; Lim, SH; Lindenstruth, V; Lindner, A; Lippmann, C; Liu, DH; Liu, J; Liveraro, GSS; Lofnes, IM; Loizides, C; Lokos, S; Lömker, J; Lopez, X; López_Torres, E; Lu, P; Lugo, FV; Luhder, JR; Lunardon, M; Luparello, G; Ma, YG; Mager, M; Maire, A; Majerz, EM; Makariev, MV; Malaev, M; Malfattore, G; Malik, NM; Malik, QW; Malik, SK; Malinina, L; Mallick, D; Mallick, N; Mandaglio, G; Mandal, SK; Manea, A; Manko, V; Manso, F; Manzari, V; Mao, Y; Marcjan, RW; Margagliotti, GV; Margotti, A; Marín, A; Markert, C; Martinengo, P; Martínez, MI; Martínez_García, G; Martins, MPP; Masciocchi, S; Masera, M; Masoni, A; Massacrier, L; Massen, O; Mastroserio, A; Matonoha, O; Mattiazzo, S; Matyja, A; Mazuecos, AL; Mazzaschi, F; Mazzilli, M; Mdhluli, JE; Melikyan, Y; Melo, M; Menchaca-Rocha, A; Mendez, JEM; Meninno, E; Menon, AS; Menzel, MW; Meres, M; Miake, Y; Micheletti, L; Mihaylov, DL; Mikhaylov, K; Minafra, N; Miśkowiec, D; Modak, A; Mohanty, B; Mohisin_Khan, M; Molander, MA; Monira, S; Mordasini, C; Moreira_De_Godoy, DA; Morozov, I; Morsch, A; Mrnjavac, T; Muccifora, V; Muhuri, S; Mulligan, JD; Mulliri, A; Munhoz, MG; Munzer, RH; Murakami, H; Murray, S; Musa, L; Musinsky, J; Myrcha, JW; Naik, B; Nambrath, AI; Nandi, BK; Nania, R; Nappi, E; Nassirpour, AF; Nath, A; Nattrass, C; Naydenov, MN; Neagu, A; Negru, A; Nekrasova, E; Nellen, L; Nepeivoda, R; Nese, S; Neskovic, G; Nicassio, N; Nielsen, BS; Nielsen, EG; Nikolaev, S; Nikulin, S; Nikulin, V; Noferini, F; Noh, S; Nomokonov, P; Norman, J; Novitzky, N; Nowakowski, P; Nyanin, A; Nystrand, J; Oh, S; Ohlson, A; Okorokov, VA; Oleniacz, J; Onnerstad, A; Oppedisano, C; Ortiz_Velasquez, A; Otwinowski, J; Oya, M; Oyama, K; Pachmayer, Y; Padhan, S; Pagano, D; Paić, G; Paisano-Guzmán, S; Palasciano, A; Panebianco, S; Pantouvakis, C; Park, H; Park, H; Park, J; Parkkila, JE; Patley, Y; Paul, B; Pei, H; Peitzmann, T; Peng, X; Pennisi, M; Perciballi, S; Peresunko, D; Perez, GM; Pestov, Y; Petersen, MT; Petrov, V; Petrovici, M; Piano, S; Pikna, M; Pillot, P; Pinazza, O; Pinsky, L; Pinto, C; Pisano, S; Płoskoń, M; Planinic, M; Pliquett, F; Poghosyan, MG; Polichtchouk, B; Politano, S; Poljak, N; Pop, A; Porteboeuf-Houssais, S; Pozdniakov, V; Pozos, IY; Pradhan, KK; Prasad, SK; Prasad, S; Preghenella, R; Prino, F; Pruneau, CA; Pshenichnov, I; Puccio, M; Pucillo, S; Qiu, S; Quaglia, L; Ragoni, S; Rai, A; Rakotozafindrabe, A; Ramello, L; Rami, F; Rasa, M; Räsänen, SS; Rath, R; Rauch, MP; Ravasenga, I; Read, KF; Reckziegel, C; Redelbach, AR; Redlich, K; Reetz, CA; Regules-Medel, HD; Rehman, A; Reidt, F; Reme-Ness, HA; Rescakova, Z; Reygers, K; Riabov, A; Riabov, V; Ricci, R; Richter, M; Riedel, AA; Riegler, W; Riffero, AG; Ripoli, C; Ristea, C; Rodriguez, MV; Rodríguez_Cahuantzi, M; Rodríguez_Ramírez, SA; Røed, K; Rogalev, R; Rogochaya, E; Rogoschinski, TS; Rohr, D; Röhrich, D; Rojas_Torres, S; Rokita, PS; Romanenko, G; Ronchetti, F; Rosas, ED; Roslon, K; Rossi, A; Roy, A; Roy, S; Rubini, N; Rudolph, JA; Ruggiano, D; Rui, R; Russek, PG; Russo, R; Rustamov, A; Ryabinkin, E; Ryabov, Y; Rybicki, A; Ryu, J; Rzesa, W; Sadhu, S; Sadovsky, S; Saetre, J; Šafařík, K; Saha, SK; Saha, S; Sahoo, B; Sahoo, R; Sahoo, S; Sahu, D; Sahu, PK; Saini, J; Sajdakova, K; Sakai, S; Salvan, MP; Sambyal, S; Samitz, D; Sanna, I; Saramela, TB; Sarkar, D; Sarma, P; Sarritzu, V; Sarti, VM; Sas, MHP; Sawan, S; Scapparone, E; Schambach, J; Scheid, HS; Schiaua, C; Schicker, R; Schlepper, F; Schmah, A; Schmidt, C; Schmidt, HR; Schmidt, MO; Schmidt, M; Schmidt, NV; Schmier, AR; Schotter, R; Schröter, A; Schukraft, J; Schweda, K; Scioli, G; Scomparin, E; Seger, JE; Sekiguchi, Y; Sekihata, D; Selina, M; Selyuzhenkov, I; Senyukov, S; Seo, JJ; Serebryakov, D; Serkin, L; Šerkšnytė, L; Sevcenco, A; Shaba, TJ; Shabetai, A; Shahoyan, R; Shangaraev, A; Sharma, B; Sharma, D; Sharma, H; Sharma, M; Sharma, S; Sharma, S; Sharma, U; Shatat, A; Sheibani, O; Shigaki, K; Shimomura, M; Shin, J; Shirinkin, S; Shou, Q; Sibiriak, Y; Siddhanta, S; Siemiarczuk, T; Silva, TF; Silvermyr, D; Simantathammakul, T; Simeonov, R; Singh, B; Singh, B; Singh, K; Singh, R; Singh, R; Singh, R; Singh, S; Singh, VK; Singhal, V; Sinha, T; Sitar, B; Sitta, M; Skaali, TB; Skorodumovs, G; Smirnov, N; Snellings, RJM; Solheim, EH; Song, J; Sonnabend, C; Sonneveld, JM; Soramel, F; Soto-hernandez, AB; Spijkers, R; Sputowska, I; Staa, J; Stachel, J; Stan, I; Steffanic, PJ; Stiefelmaier, SF; Stocco, D; Storehaug, I; Strangmann, NJ; Stratmann, P; Strazzi, S; Sturniolo, A; Stylianidis, CP; Suaide, AAP; Suire, C; Sukhanov, M; Suljic, M; Sultanov, R; Sumberia, V; Sumowidagdo, S; Szarka, I; Szymkowski, M; Taghavi, SF; Taillepied, G; Takahashi, J; Tambave, GJ; Tang, S; Tang, Z; Tapia_Takaki, JD; Tapus, N; Tarasovicova, LA; Tarzila, MG; Tassielli, GF; Tauro, A; Tavira_García, A; Tejeda_Muñoz, G; Telesca, A; Terlizzi, L; Terrevoli, C; Thakur, S; Thomas, D; Tikhonov, A; Tiltmann, N; Timmins, AR; Tkacik, M; Tkacik, T; Toia, A; Tokumoto, R; Tomassini, S; Tomohiro, K; Topilskaya, N; Toppi, M; Tork, T; Torres, VV; Torres_Ramos, AG; Trifiró, A; Triloki, T; Triolo, AS; Tripathy, S; Tripathy, T; Trubnikov, V; Trzaska, WH; Trzcinski, TP; Tsolanta, C; Tu, R; Tumkin, A; Turrisi, R; Tveter, TS; Ullaland, K; Ulukutlu, B; Uras, A; Urioni, M; Usai, GL; Vala, M; Valle, N; van_Doremalen, LVR; van_Leeuwen, M; van_Veen, CA; van_Weelden, RJG; Vande_Vyvre, P; Varga, D; Varga, Z; Vargas_Torres, P; Vasileiou, M; Vasiliev, A; Vázquez_Doce, O; Vazquez_Rueda, O; Vechernin, V; Vercellin, E; Vergara_Limón, S; Verma, R; Vermunt, L; Vértesi, R; Verweij, M; Vickovic, L; Vilakazi, Z; Villalobos_Baillie, O; Villani, A; Vinogradov, A; Virgili, T; Virta, MMO; Vislavicius, V; Vodopyanov, A; Volkel, B; Völkl, MA; Voloshin, SA; Volpe, G; von_Haller, B; Vorobyev, I; Vozniuk, N; Vrláková, J; Wan, J; Wang, C; Wang, D; Wang, Y; Wang, Y; Wegrzynek, A; Weiglhofer, FT; Wenzel, SC; Wessels, JP; Wiechula, J; Wikne, J; Wilk, G; Wilkinson, J; Willems, GA; Windelband, B; Winn, M; Wright, JR; Wu, W; Wu, Y; Xiong, Z; Xu, R; Yadav, A; Yadav, AK; Yamaguchi, Y; Yang, S; Yano, S; Yeats, ER; Yin, Z; Yoo, I-K; Yoon, JH; Yu, H; Yuan, S; Yuncu, A; Zaccolo, V; Zampolli, C; Zanone, F; Zardoshti, N; Zarochentsev, A; Závada, P; Zaviyalov, N; Zhalov, M; Zhang, B; Zhang, C; Zhang, L; Zhang, M; Zhang, M; Zhang, S; Zhang, X; Zhang, Y; Zhang, Z; Zhao, M; Zherebchevskii, V; Zhi, Y; Zhou, D; Zhou, Y; Zhu, J; Zhu, S; Zhu, Y; Zugravel, SC; Zurlo, N</t>
+  </si>
+  <si>
+    <t>139017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -176,51 +392,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="1">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="1">
@@ -287,79 +503,699 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
+    </row>
+    <row r="3">
+      <c r="A3" t="s" s="0">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s" s="0">
+        <v>43</v>
+      </c>
+      <c r="C3" t="s" s="0">
+        <v>44</v>
+      </c>
+      <c r="D3" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s" s="0">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I3" t="s" s="0">
+        <v>47</v>
+      </c>
+      <c r="J3" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s" s="0">
+        <v>48</v>
+      </c>
+      <c r="L3" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M3" s="0"/>
+      <c r="N3" s="0"/>
+      <c r="O3" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R3" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U3" s="0"/>
+      <c r="V3" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W3" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="X3" s="0"/>
+      <c r="Y3" s="0"/>
+      <c r="Z3" s="0"/>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="0">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="C4" t="s" s="0">
+        <v>52</v>
+      </c>
+      <c r="D4" t="s" s="0">
+        <v>53</v>
+      </c>
+      <c r="E4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G4" t="s" s="0">
+        <v>54</v>
+      </c>
+      <c r="H4" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I4" t="s" s="0">
+        <v>55</v>
+      </c>
+      <c r="J4" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s" s="0">
+        <v>56</v>
+      </c>
+      <c r="L4" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M4" s="0"/>
+      <c r="N4" s="0"/>
+      <c r="O4" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R4" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U4" s="0"/>
+      <c r="V4" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W4" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X4" s="0"/>
+      <c r="Y4" s="0"/>
+      <c r="Z4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="s" s="0">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="C5" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="D5" t="s" s="0">
+        <v>60</v>
+      </c>
+      <c r="E5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G5" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I5" t="s" s="0">
+        <v>62</v>
+      </c>
+      <c r="J5" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s" s="0">
+        <v>63</v>
+      </c>
+      <c r="L5" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M5" s="0"/>
+      <c r="N5" s="0"/>
+      <c r="O5" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P5" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R5" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U5" s="0"/>
+      <c r="V5" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W5" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X5" s="0"/>
+      <c r="Y5" s="0"/>
+      <c r="Z5" s="0"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="s" s="0">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s" s="0">
+        <v>66</v>
+      </c>
+      <c r="D6" t="s" s="0">
+        <v>67</v>
+      </c>
+      <c r="E6" t="s" s="0">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G6" t="s" s="0">
+        <v>69</v>
+      </c>
+      <c r="H6" t="s" s="0">
+        <v>70</v>
+      </c>
+      <c r="I6" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="J6" t="s" s="0">
+        <v>71</v>
+      </c>
+      <c r="K6" t="s" s="0">
+        <v>72</v>
+      </c>
+      <c r="L6" t="s" s="0">
+        <v>73</v>
+      </c>
+      <c r="M6" s="0"/>
+      <c r="N6" t="s" s="0">
+        <v>74</v>
+      </c>
+      <c r="O6" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P6" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R6" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U6" s="0"/>
+      <c r="V6" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W6" t="s" s="0">
+        <v>75</v>
+      </c>
+      <c r="X6" s="0"/>
+      <c r="Y6" s="0"/>
+      <c r="Z6" s="0"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="s" s="0">
+        <v>76</v>
+      </c>
+      <c r="B7" t="s" s="0">
+        <v>77</v>
+      </c>
+      <c r="C7" t="s" s="0">
+        <v>78</v>
+      </c>
+      <c r="D7" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="E7" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G7" t="s" s="0">
+        <v>80</v>
+      </c>
+      <c r="H7" t="s" s="0">
+        <v>81</v>
+      </c>
+      <c r="I7" t="s" s="0">
+        <v>82</v>
+      </c>
+      <c r="J7" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s" s="0">
+        <v>83</v>
+      </c>
+      <c r="L7" t="s" s="0">
+        <v>84</v>
+      </c>
+      <c r="M7" s="0"/>
+      <c r="N7" s="0"/>
+      <c r="O7" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P7" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q7" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R7" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S7" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T7" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U7" s="0"/>
+      <c r="V7" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W7" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X7" s="0"/>
+      <c r="Y7" s="0"/>
+      <c r="Z7" s="0"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="s" s="0">
+        <v>85</v>
+      </c>
+      <c r="B8" t="s" s="0">
+        <v>86</v>
+      </c>
+      <c r="C8" t="s" s="0">
+        <v>87</v>
+      </c>
+      <c r="D8" t="s" s="0">
+        <v>88</v>
+      </c>
+      <c r="E8" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G8" t="s" s="0">
+        <v>89</v>
+      </c>
+      <c r="H8" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I8" t="s" s="0">
+        <v>90</v>
+      </c>
+      <c r="J8" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s" s="0">
+        <v>91</v>
+      </c>
+      <c r="L8" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M8" s="0"/>
+      <c r="N8" s="0"/>
+      <c r="O8" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P8" t="s" s="0">
+        <v>92</v>
+      </c>
+      <c r="Q8" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R8" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S8" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T8" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U8" s="0"/>
+      <c r="V8" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W8" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X8" s="0"/>
+      <c r="Y8" s="0"/>
+      <c r="Z8" s="0"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="s" s="0">
+        <v>93</v>
+      </c>
+      <c r="B9" t="s" s="0">
+        <v>94</v>
+      </c>
+      <c r="C9" t="s" s="0">
+        <v>95</v>
+      </c>
+      <c r="D9" t="s" s="0">
+        <v>96</v>
+      </c>
+      <c r="E9" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F9" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G9" t="s" s="0">
+        <v>89</v>
+      </c>
+      <c r="H9" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I9" t="s" s="0">
+        <v>90</v>
+      </c>
+      <c r="J9" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s" s="0">
+        <v>97</v>
+      </c>
+      <c r="L9" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M9" s="0"/>
+      <c r="N9" s="0"/>
+      <c r="O9" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P9" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="Q9" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R9" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S9" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T9" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U9" s="0"/>
+      <c r="V9" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W9" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X9" s="0"/>
+      <c r="Y9" s="0"/>
+      <c r="Z9" s="0"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="s" s="0">
+        <v>98</v>
+      </c>
+      <c r="B10" t="s" s="0">
+        <v>99</v>
+      </c>
+      <c r="C10" t="s" s="0">
+        <v>100</v>
+      </c>
+      <c r="D10" t="s" s="0">
+        <v>101</v>
+      </c>
+      <c r="E10" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F10" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G10" t="s" s="0">
+        <v>102</v>
+      </c>
+      <c r="H10" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I10" t="s" s="0">
+        <v>103</v>
+      </c>
+      <c r="J10" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s" s="0">
+        <v>104</v>
+      </c>
+      <c r="L10" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M10" s="0"/>
+      <c r="N10" s="0"/>
+      <c r="O10" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P10" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q10" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R10" t="s" s="0">
+        <v>105</v>
+      </c>
+      <c r="S10" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T10" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U10" s="0"/>
+      <c r="V10" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W10" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X10" s="0"/>
+      <c r="Y10" s="0"/>
+      <c r="Z10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="s" s="0">
+        <v>106</v>
+      </c>
+      <c r="B11" t="s" s="0">
+        <v>107</v>
+      </c>
+      <c r="C11" t="s" s="0">
+        <v>108</v>
+      </c>
+      <c r="D11" t="s" s="0">
+        <v>109</v>
+      </c>
+      <c r="E11" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G11" t="s" s="0">
+        <v>102</v>
+      </c>
+      <c r="H11" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I11" t="s" s="0">
+        <v>103</v>
+      </c>
+      <c r="J11" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s" s="0">
+        <v>110</v>
+      </c>
+      <c r="L11" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M11" s="0"/>
+      <c r="N11" s="0"/>
+      <c r="O11" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P11" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="Q11" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R11" t="s" s="0">
+        <v>105</v>
+      </c>
+      <c r="S11" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T11" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U11" s="0"/>
+      <c r="V11" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W11" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="X11" s="0"/>
+      <c r="Y11" s="0"/>
+      <c r="Z11" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>