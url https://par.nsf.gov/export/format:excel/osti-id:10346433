--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10346433</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/BigData52589.2021.9671569</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CalCROP21: A Georeferenced multi-spectral dataset of Satellite Imagery and Crop Labels</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ghosh, Rahul; Ravirathinam, Praveen; Jia, Xiaowei; Khandelwal, Ankush; Mulla, David; Kumar, Vipin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-15T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 IEEE International Conference on Big Data (Big Data)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1625 to 1632</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mapping and monitoring crops is a key step towards the sustainable intensification of agriculture and addressing global food security. A dataset like ImageNet that revolutionized computer vision applications can accelerate the development of novel crop mapping techniques. Currently, the United States Department of Agriculture (USDA) annually releases the Cropland Data Layer (CDL) which contains crop labels at 30m resolution for the entire United States of America. While CDL is state of the art and is widely used for a number of agricultural applications, it has a number of limitations (e.g., pixelated errors, labels carried over from previous years, and errors in the classification of minor crops). In this work, we create a new semantic segmentation benchmark dataset, which we call CalCROP21, for the diverse crops in the Central Valley region of California at 10m spatial resolution using a Google Earth Engine based robust image processing pipeline and a novel attention-based spatio-temporal semantic segmentation algorithm STATT. STATT uses re-sampled (interpolated) CDL labels for training but is able to generate a better prediction than CDL by leveraging spatial and temporal patterns in Sentinel2 multi-spectral image series to effectively capture phenologic differences amongst crops and uses attention to reduce the impact of clouds and other atmospheric disturbances. We also present a comprehensive evaluation to show that STATT has significantly better results when compared to the resampled CDL labels. We have released the dataset and the processing pipeline code for generating the benchmark dataset.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1838159</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>