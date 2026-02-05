--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10346674</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1142/S0218001421600120</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Impact of Labeling Schemes on Dense Crowd Counting Using Convolutional Neural Networks with Multiscale Upsampling</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Olmschenk, Greg; Wang, Xuan; Tang, Hao; Zhu, Zhigang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-30T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Pattern Recognition and Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0218-0014</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Gatherings of thousands to millions of people frequently occur for an enormous variety of educational, social, sporting, and political events, and automated counting of these high-density crowds is useful for safety, management, and measuring significance of an event. In this work, we show that the regularly accepted labeling scheme of crowd density maps for training deep neural networks may not be the most effective one. We propose an alternative inverse k-nearest neighbor (i[Formula: see text]NN) map mechanism that, even when used directly in existing state-of-the-art network structures, shows superior performance. We also provide new network architecture mechanisms that we demonstrate in our own MUD-i[Formula: see text]NN network architecture, which uses multi-scale drop-in replacement upsampling via transposed convolutions to take full advantage of the provided i[Formula: see text]NN labeling. This upsampling combined with the i[Formula: see text]NN maps further improves crowd counting accuracy. We further analyze several variations of the i[Formula: see text]NN labeling mechanism, which apply transformations on the [Formula: see text]NN measure before generating the map, in order to consider the impact of camera perspective views, image resolutions, and the changing rates of the mapping functions. To alleviate the effects of crowd density changes in each image, we also introduce an attenuation mechanism in the i[Formula: see text]NN mapping. Experimentally, we show that inverse square root [Formula: see text]NN map variation (iR[Formula: see text]NN) provides the best performance. Discussions are provided on computational complexity, label resolutions, the gains in mapping and upsampling, and details of critical cases such as various crowd counts, uneven crowd densities, and crowd occlusions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1827505; 1737533</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>