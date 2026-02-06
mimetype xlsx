--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10346690</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IST50367.2021.9651432</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Building an Annotated Damage Image Database to Support AI-Assisted Hurricane Impact Analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ou, Hao Nan; Ro, Sun Ho; Gong, Jie; Zhu, Zhigang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 IEEE International Conference on Imaging Systems and Techniques (IST)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Building an annotated damage image database is the first step to support AI-assisted hurricane impact analysis. Up to now, annotated datasets for model training are insufficient at a local level despite abundant raw data that have been collected for decades. This paper provides a systematic approach for establishing an annotated hurricane-damaged building image database to support AI-assisted damage assessment and analysis. Optimal rectilinear images were generated from panoramic images collected from Hurricane Harvey, Texas 2017. Then, deep learning models, including Amazon Web Service (AWS) Rekognition and Mask R-CNN (Region Based Convolutional Neural Networks), were retrained on the data to develop a pipeline for building detection and structural component extraction. A web-based dashboard was developed for building data management and processed image visualization along with detected structural components and their damage ratings. The proposed AI-assisted labeling tool and trained models can intelligently and rapidly assist potential users such as hazard researchers, practitioners, and government agencies on natural disaster damage management.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1827505; 1737533</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>