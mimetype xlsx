--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10346932</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/BigData52589.2021.9671576</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bayesian Hyperparameter Optimization for Deep Neural Network-Based Network Intrusion Detection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Masum, Mohammad; Shahriar, Hossain; Haddad, Hisham; Faruk, Md Jobair; Valero, Maria; Khan, Md Abdullah; Rahman, Mohammad A.; Adnan, Muhaiminul I.; Cuzzocrea, Alfredo; Wu, Fan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-15T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 IEEE International Conference on Big Data (Big Data)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5413 to 5419</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Traditional network intrusion detection approaches encounter feasibility and sustainability issues to combat modern, sophisticated, and unpredictable security attacks. Deep neural networks (DNN) have been successfully applied for intrusion detection problems. The optimal use of DNN-based classifiers requires careful tuning of the hyper-parameters. Manually tuning the hyperparameters is tedious, time-consuming, and computationally expensive. Hence, there is a need for an automatic technique to find optimal hyperparameters for the best use of DNN in intrusion detection. This paper proposes a novel Bayesian optimization-based framework for the automatic optimization of hyperparameters, ensuring the best DNN architecture. We evaluated the performance of the proposed framework on NSL-KDD, a benchmark dataset for network intrusion detection. The experimental results show the framework’s effectiveness as the resultant DNN architecture demonstrates significantly higher intrusion detection performance than the random search optimization-based approach in terms of accuracy, precision, recall, and f1-score.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100134; 1723586; 2100115; 1723578</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>