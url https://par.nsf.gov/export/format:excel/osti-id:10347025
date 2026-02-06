--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10347025</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Systematic Analysis of Deep Learning Model for Vulnerable Code Detection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mohammad Taneem Bin Nazim, Md Jobair</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Conference on Computers, Software &amp; Applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>530-538</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Software vulnerabilities have become a serious problem with the emergence of new applications that contain potentially vulnerable or malicious code that can compromise the system. The growing volume and complexity of software source codes have opened a need for vulnerability detection methods to successfully predict malicious codes before being the prey of cyberattacks. As leveraging humans to check sources codes requires extensive time and resources and preexisting static code analyzers are unable to properly detect vulnerable codes. Thus, artificial intelligence techniques, mainly deep learning models, have gained traction to detect source code vulnerability. A systematic review is carried out to explore and understand the various deep learning methods employed for the task and their efficacy as a prediction model. Additionally, a summary of each process and its characteristics are examined and its implementation on specific data sets and their evaluation will be discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100115; 1723578</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>