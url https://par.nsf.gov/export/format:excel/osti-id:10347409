--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10347409</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10758-022-09601-1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The WearableLearning Platform: A Computational Thinking Tool Supporting Game Design and Active Play</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Arroyo, Ivon; Closser, Avery Harrison; Castro, Francisco; Smith, Hannah; Ottmar, Erin; Micciolo, Matthew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Technology, Knowledge and Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2211-1662</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This emerging technology report introduces the WearableLearning (WL) platform as a tool to exercise computational thinking and STEM learning for 5-12th grade students through mobile technology-augmented active game play and game creation. Freely available at WearableLearning.org, it allows students and teachers to play, create, debug, and manage multiplayer, active games. To date, WearableLearning has been used in schools and afterschool programs by roughly 500 students and 25 teachers to create games covering STEM curricular content. WearableLearning enables the creation of physically active and social games, while offering possibilities for research on computational thinking, embodied cognition, collaborative learning, game-based learning, and practical applications of technology in STEM classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2041785</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>