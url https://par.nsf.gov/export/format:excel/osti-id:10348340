--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10348340</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1287/stsy.2021.0091</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Theory of Auto-Scaling for Resource Reservation in Cloud Services</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Psychas, Konstantinos; Ghaderi, Javad</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Stochastic Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1946-5238</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We consider a distributed server system consisting of a large number of servers, each with limited capacity on multiple resources (CPU, memory, etc.). Jobs with different rewards arrive over time and require certain amounts of resources for the duration of their service. When a job arrives, the system must decide whether to admit it or reject it, and if admitted, in which server to schedule it. The objective is to maximize the expected total reward received by the system. This problem is motivated by control of cloud computing clusters, in which jobs are requests for virtual machines (VMs) or containers that reserve resources for various services, and rewards represent service priority of requests or price paid per time unit of service. We study this problem in an asymptotic regime where the number of servers and jobs’ arrival rates scale by a factor L, as L becomes large. We propose a resource reservation policy that asymptotically achieves at least 1/2, and under certain monotone property on jobs’ rewards and resources, at least [Formula: see text] of the optimal expected reward. The policy automatically scales the number of VM slots for each job type as the demand changes and decides in which servers the slots should be created in advance, without the knowledge of traffic rates.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652115</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>