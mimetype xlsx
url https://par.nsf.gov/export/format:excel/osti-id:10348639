--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10348639</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pcbi.1009735</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spatially distributed infection increases viral load in a computational model of SARS-CoV-2 lung infection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Moses, Melanie E.; Hofmeyr, Steven; Cannon, Judy L.; Andrews, Akil; Gridley, Rebekah; Hinga, Monica; Leyba, Kirtus; Pribisova, Abigail; Surjadidjaja, Vanessa; Tasnim, Humayra; Forrest, Stephanie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Smith, Amber M</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-23T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS Computational Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e1009735</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1553-7358</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A key question in SARS-CoV-2 infection is why viral loads and patient outcomes vary dramatically across individuals. Because spatial-temporal dynamics of viral spread and immune response are challenging to study in vivo, we developed Spatial Immune Model of Coronavirus (SIMCoV), a scalable computational model that simulates hundreds of millions of lung cells, including respiratory epithelial cells and T cells. SIMCoV replicates viral growth dynamics observed in patients and shows how spatially dispersed infections can lead to increased viral loads. The model also shows how the timing and strength of the T cell response can affect viral persistence, oscillations, and control. By incorporating spatial interactions, SIMCoV provides a parsimonious explanation for the dramatically different viral load trajectories among patients by varying only the number of initial sites of infection and the magnitude and timing of the T cell immune response. When the branching airway structure of the lung is explicitly represented, we find that virus spreads faster than in a 2D layer of epithelial cells, but much more slowly than in an undifferentiated 3D grid or in a well-mixed differential equation model. These results illustrate how realistic, spatially explicit computational models can improve understanding of within-host dynamics of SARS-CoV-2 infection.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2030037</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>