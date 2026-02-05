--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10349157</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3491102.3502109</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Critical-Playful Speculations with Cameras in the Home</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>H. Tan, Neilly; Kinnee, Brian; Langseth, Dana; A. Munson, Sean; Desjardins, Audrey</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2022 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 22</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Smart home cameras present new challenges for understanding behaviors and relationships surrounding always-on, domestic recording systems. We designed a series of discursive activities involving 16 individuals from ten households for six weeks in their everyday settings. These activities functioned as speculative probes prompting participants to reflect on themes of privacy and power through filming with cameras in their households. Our research design foregrounded critical-playful enactments that allowed participants to speculate potentials for relationships with cameras in the home beyond everyday use. We present four key dynamics with participants and home cameras by examining their relationships to: the camera’s eye, filming, their data, and camera’s societal contexts. We contribute discussions about the mundane, information privacy, and post-hoc reflection with one’s camera footage. Overall, our findings reveal the camera as a strange, yet banal entity in the home—interrogating how participants compose and handle their own and others’ video data.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1947696</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>