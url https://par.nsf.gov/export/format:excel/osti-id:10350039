--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10350039</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3534678.3539159</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Temporal Multimodal Multivariate Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Park, Hyoshin; Darko, Justice; Deshpande, Niharika; Pandey, Venktesh; Su, Hui; Ono, Masahiro; Barkley, Dedrick; Folsom, Larkin; Posselt, Derek; Chien, Steve</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM SIGKDD Conference on Knowledge Discovery and Data Mining (KDD2022)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3722 to 3732</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We introduce temporal multimodal multivariate learning, a new family of decision making models that can indirectly learn and transfer online information from simultaneous observations of a probability distribution with more than one peak or more than one outcome variable from one time stage to another. We approximate the posterior by sequentially removing additional uncertainties across different variables and time, based on data-physics driven correlation, to address a broader class of challenging time-dependent decision-making problems under uncertainty. Extensive experiments on real-world datasets ( i.e., urban traffic data and hurricane ensemble forecasting data) demonstrate the superior performance of the proposed targeted decision-making over the state-of-the-art baseline prediction methods across various settings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910397</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>