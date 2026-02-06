--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10350105</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3512970</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Relationship between Co-Creative Dialogue and High School Learners' Satisfaction with their Collaborator in Computational Music Remixing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Katuka, Gloria Ashiya; Webber, Alexander R.; Wiggins, Joseph B.; Boyer, Kristy Elizabeth; Magerko, Brian; McKlin, Tom; Freeman, Jason</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Co-creative proccesses between people can be characterized by rich dialogue that carries each person's ideas into the collaborative space. When people co-create an artifact that is both technical and aesthetic, their dialogue reflects the interplay between these two dimensions. However, the dialogue mechanisms that express this interplay and the extent to which they are related to outcomes, such as peer satisfaction, are not well understood. This paper reports on a study of 68 high school learner dyads' textual dialogues as they create music by writing code together in a digital learning environment for musical remixing. We report on a novel dialogue taxonomy built to capture the technical and aesthetic dimensions of learners' collaborative dialogues. We identified dialogue act n-grams (sequences of length 1, 2, or 3) that are present within the corpus and discovered five significant n-gram predictors for whether a learner felt satisfied with their partner during the collaboration. The learner was more likely to report higher satisfaction with their partner when the learner frequently acknowledges their partner, exchanges positive feedback with their partner, and their partner proposes an idea and elaborates on the idea. In contrast, the learner is more likely to report lower satisfaction with their partner when the learner frequently accepts back-to-back proposals from their partner and when the partner responds to the learner's statements with positive feedback. This work advances understanding of collaborative dialogue within co-creative domains and suggests dialogue strategies that may be helpful to foster co-creativity as learners collaborate to produce a creative artifact. The findings also suggest important areas of focus for intelligent or adaptive systems that aim to support learners during the co-creative process.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813740</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>