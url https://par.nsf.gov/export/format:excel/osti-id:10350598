--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10350598</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202141939</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2021-BLG-0322: Severe degeneracy between triple-lens and higher-order binary-lens interpretations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Gould, Andrew; Hirao, Yuki; Lee, Chung-Uk; Albrow, Michael D.; Chung, Sun-Ju; Hwang, Kyu-Ha; Jung, Youn Kil; Kim, Doeon; Mao, Shude; Ryu, Yoon-Hyun; Shin, In-Gu; Shvartzvald, Yossi; Yee, Jennifer C.; Zang, Weicheng; Cha, Sang-Mok; Kim, Dong-Jin; Kim, Hyoun-Woo; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W.; Abe, Fumio; Barry, Richard; Bennett, David P.; Bhattacharya, Aparna; Bond, Ian; Donachie, Martin; Fujii, Hirosane; Fukui, Akihiko; Itow, Yoshitaka; Kirikawa, Rintaro; Kondo, Iona; Koshimoto, Naoki; Alex Li, Man Cheung; Matsubara, Yutaka; Muraki, Yasushi; Miyazaki, Shota; Ranc, Clément; Rattenbury, Nicholas J.; Satoh, Yuki; Shoji, Hikaru; Sumi, Takahiro; Suzuki, Daisuke; Tanaka, Yuzuru; Tristram, Paul J.; Yamawaki, Tsubasa; Yonehara, Atsunori</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>655</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Aims.              We investigate the microlensing event KMT-2021-BLG-0322, for which the light curve exhibits three distinctive sets of caustic-crossing features. It is found that the overall features of the light curve are approximately described by a binary-lens (2L1S) model, but the model leaves substantial residuals. We test various interpretations with the aim of explaining the residuals.                                      Methods.              We find that the residuals can be explained either by considering a nonrectilinear lens-source motion caused by the microlens-parallax and lens-orbital effects or by adding a low-mass companion to the binary lens (3L1S model). The degeneracy between the higher-order 2L1S model and the 3L1S model is very severe, making it difficult to single out a correct solution based on the photometric data. This degeneracy was known before for two previous events (MACHO-97-BLG-41 and OGLE-2013-BLG-0723), which led to the false detections of planets in binary systems, and thus the identification of the degeneracy for KMT-2021-BLG-0322 illustrates that the degeneracy can be not only common but also very severe, emphasizing the need to check both interpretations of deviations from 2L1S models.                                      Results.              From the Bayesian analysis conducted with the measured lensing observables of the event timescale, angular Einstein radius, and microlens parallax, it was estimated that the binary lens components have masses (              M              1              ,              M              2              ) = (0.62              −0.26              +0.25                             M              ⊙              , 0.07              −0.03              +0.03                             M              ⊙              ), for both 2L1S and 3L1S solutions, and the mass of the tertiary lens component according to the 3L1S solution is              M              3               = 6.40              −2.78              +2.64                             M              J              .</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>