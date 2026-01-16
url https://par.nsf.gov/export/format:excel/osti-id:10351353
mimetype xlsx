--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10351353</t>
-[...8 lines deleted...]
-    <t>Ferwana, Ibtihal; Varshney, Lav R.</t>
+    <t>10353722</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1140/epjc/s10052-022-10541-4</t>
+  </si>
+  <si>
+    <t>Unveiling hidden physics at the LHC</t>
+  </si>
+  <si>
+    <t>Fischer, Oliver; Mellado, Bruce; Antusch, Stefan; Bagnaschi, Emanuele; Banerjee, Shankha; Beck, Geoff; Belfatto, Benedetta; Bellis, Matthew; Berezhiani, Zurab; Blanke, Monika; Capdevila, Bernat; Cheung, Kingman; Crivellin, Andreas; Desai, Nishita; Dev, Bhupal; Godbole, Rohini; Han, Tao; Harris, Philip; Hoferichter, Martin; Kirk, Matthew; Kulkarni, Suchita; Lange, Clemens; Lassila-Perini, Kati; Liu, Zhen; Mahmoudi, Farvah; Manzari, Claudio Andrea; Marzocca, David; Mukhopadhyaya, Biswarup; Pich, Antonio; Ruan, Xifeng; Schnell, Luc; Thaler, Jesse; Westhoff, Susanne</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Patel, Sanjay Kumar</t>
-[...20 lines deleted...]
-    <t>Background              Social capital has been associated with health outcomes in communities and can explain variations in different geographic localities. Social capital has also been associated with behaviors that promote better health and reduce the impacts of diseases. During the COVID-19 pandemic, social distancing, face masking, and vaccination have all been essential in controlling contagion. These behaviors have not been uniformly adopted by communities in the United States. Using different facets of social capital to explain the differences in public behaviors among communities during pandemics is lacking.                                      Objective              This study examines the relationship among public health behavior—vaccination, face masking, and physical distancing—during COVID-19 pandemic and social capital indices in counties in the United States.                                      Methods              We used publicly available vaccination data as of June 2021, face masking data in July 2020, and mobility data from mobile phones movements from the end of March 2020. Then, correlation analysis was conducted with county-level social capital index and its subindices (family unity, community health, institutional health, and collective efficacy) that were obtained from the Social Capital Project by the United States Senate.                                      Results              We found the social capital index and its subindices differentially correlate with different public health behaviors. Vaccination is associated with institutional health: positively with fully vaccinated population and negatively with vaccination hesitancy. Also, wearing masks negatively associates with community health, whereases reduced mobility associates with better community health. Further, residential mobility positively associates with family unity. By comparing correlation coefficients, we find that social capital and its subindices have largest effect sizes on vaccination and residential mobility.                                      Conclusion              Our results show that different facets of social capital are significantly associated with adoption of protective behaviors, e.g., social distancing, face masking, and vaccination. As such, our results suggest that differential facets of social capital imply a Swiss cheese model of pandemic control planning where, e.g., institutional health and community health, provide partially overlapping behavioral benefits.</t>
+    <t>2022-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>The European Physical Journal C</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>1434-6052</t>
+  </si>
+  <si>
+    <t>Abstract                          The field of particle physics is at the crossroads. The discovery of a Higgs-like boson completed the Standard Model (SM), but the lacking observation of convincing resonances Beyond the SM (BSM) offers no guidance for the future of particle physics. On the other hand, the motivation for New Physics has not diminished and is, in fact, reinforced by several striking anomalous results in many experiments. Here we summarise the status of the most significant anomalies, including the most recent results for the flavour anomalies, the multi-lepton anomalies at the LHC, the Higgs-like excess at around 96 GeV, and anomalies in neutrino physics, astrophysics, cosmology, and cosmic rays. While the LHC promises up to 4                                                $$\hbox {ab}^{-1}$$                                                            ab                                              -                        1                                                                                                        of integrated luminosity and far-reaching physics programmes to unveil BSM physics, we consider the possibility that the latter could be tested with present data, but that systemic shortcomings of the experiments and their search strategies may preclude their discovery for several reasons, including: final states consisting in soft particles only, associated production processes, QCD-like final states, close-by SM resonances, and SUSY scenarios where no missing energy is produced. New search strategies could help to unveil the hidden BSM signatures, devised by making use of the CERN open data as a new testing ground. We discuss the CERN open data with its policies, challenges, and potential usefulness for the community. We showcase the example of the CMS collaboration, which is the only collaboration regularly releasing some of its data. We find it important to stress that individuals using public data for their own research does not imply competition with experimental efforts, but rather provides unique opportunities to give guidance for further BSM searches by the collaborations. Wide access to open data is paramount to fully exploit the LHCs potential.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2033900</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>1934700; 2117997; 1913923</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -291,93 +285,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>