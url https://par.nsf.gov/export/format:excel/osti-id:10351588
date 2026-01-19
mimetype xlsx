--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -95,78 +95,78 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10351588</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/978-3-030-71051-4_40</t>
   </si>
   <si>
     <t>Conceptual Design and Prototyping for a Primate Health History Model</t>
   </si>
   <si>
-    <t>Zhao, Martin Q; Maldonado, Elizabeth; Kensler, Terry B; Kohn, Luci AP; Guatelli-Steinberg, Debbie; Wang, Q.</t>
+    <t>Zhao, Martin Q; Maldonado, Elizabeth; Kensler, Terry B; Kohn, Luci AP; Guatelli-Steinberg, Debbie; Wang, Q</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Arabnia, Hamid R.; Deligiannidis, Leonidas; Tinetti, Fernando G.; Tran, Quoc-Nam</t>
   </si>
   <si>
     <t>2021-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Transactions on computational science and computational intelligence</t>
   </si>
   <si>
     <t>511-522</t>
   </si>
   <si>
     <t>2569-7072</t>
   </si>
   <si>
     <t>Primate models are important for understanding human conditions, especially in studies of ageing, pathology, adaptation, and evolution. However, how to integrate data from multiple disciplines and render them compatible with each other for datamining and in-depth study is always challenging. In a long-term project, we have started a collaborative research endeavor to examine the health history of a free-ranging rhesus macaque colony at Cayo Santiago, and build a knowledge model for anthropological and biomedical/translational studies of the effects of environment and genetics on bone development, aging, and pathologies. This paper discusses the conceptual design as well as the prototyping of this model and related graphical user interfaces, and how these will help future scientific queries and studies.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1926481</t>
+    <t>1926481; 1926402</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>