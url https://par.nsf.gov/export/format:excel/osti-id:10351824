--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10351824</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ISQED54688.2022.9806268</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>i-lete: An IoT-based physical stress monitoring framework for athletes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ghosh, Prosenjit Kumar; Sundaravadivel, Prabha</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>23rd International Symposium on Quality Electronic Design (ISQED)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Wearable devices are ubiquitous and Internet of Things (IoT) devices have made it possible by connecting real-time devices to virtual cloud. There are also a tremendous number of IoT-enabled consumer products for various healthcare applications. Mostly, IoT devices are used for health monitoring systems, though other business and service communities are customizing the IoT technology for greater opportunity and long-term benefit. Wearable health devices have been used for better health monitoring and exchanging more data with the physician to get the guidance of treatment or earlier diagnostic. Health monitoring in athletes is one of the multifaceted applications of wearable IoT devices whereas these devices collect and store data on their performance and progression. This technology can protect athletes by detecting any adverse health problem that occurs during the training period or at the time of the game. In this paper, we investigate the real-time monitoring of physiological parameters of the athlete during game time and performance analysis from the stored data. Continuous health monitoring during game time and off-days will reduce sports-related risks,stress and injuries of an athlete even sometimes it can save them from life-risk fatal accidents. This research integrates an IoT-based framework to develop a stress index for athletes that can be used as an indicator for monitoring athlete’s health. The proposed framework helps in monitoring the variability of the sensor information for the long-term analysis.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1924117</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>