--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10352527</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac2c84</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SN 2018agk: A Prototypical Type Ia Supernova with a Smooth Power-law Rise in Kepler (K2)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Qinan; Rest, Armin; Zenati, Yossef; Ridden-Harper, Ryan; Dimitriadis, Georgios; Narayan, Gautham; Villar, V. Ashley; Magee, Mark R.; Foley, Ryan J.; Shaya, Edward J.; Garnavich, Peter; Wang, Lifan; Hu, Lei; Bódi, Attila; Armstrong, Patrick; Auchettl, Katie; Barclay, Thomas; Barentsen, Geert; Bognár, Zsófia; Brimacombe, Joseph; Bulger, Joanna; Burke, Jamison; Challis, Peter; Chambers, Kenneth; Coulter, David A.; Csörnyei, Géza; Cseh, Borbála; Deckers, Maxime; Dotson, Jessie L.; Galbany, Lluís; González-Gaitán, Santiago; Gromadzki, Mariusz; Gully-Santiago, Michael; Hanyecz, Ottó; Hedges, Christina; Hiramatsu, Daichi; Hosseinzadeh, Griffin; Howell, D. Andrew; Howell, Steve B.; Huber, Mark E.; Jha, Saurabh W.; Jones, David O.; Könyves-Tóth, Réka; Kalup, Csilla; Kilpatrick, Charles D.; Kriskovics, Levente; Li, Wenxiong; Lowe, Thomas B; Margheim, Steven; McCully, Curtis; Mitra, Ayan; Muñoz, Jose A.; Nicholl, Matt; Nordin, Jakob; Pál, András; Pan, Yen-Chen; Piro, Anthony L.; Rest, Sofia; Rino-Silvestre, João; Rojas-Bravo, César; Sárneczky, Krisztián; Siebert, Matthew R.; Smartt, Stephen J.; Smith, Ken; Sódor, Ádám; Stritzinger, Maximilian D.; Szabó, Róbert; Szakáts, Róbert; Tucker, Brad E.; Vinkó, József; Wang, Xiaofeng; Wheeler, J. Craig; Young, David R.; Zenteno, Alfredo; Zhang, KaiCheng; Zsidi, Gabriella</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>923</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We present the 30 minutes cadence Kepler/K2 light curve of the Type Ia supernova (SN Ia) SN 2018agk, covering approximately one week before explosion, the full rise phase, and the decline until 40 days after peak. We additionally present ground-based observations in multiple bands within the same time range, including the 1 day cadence DECam observations within the first ∼5 days after the first light. The Kepler early light curve is fully consistent with a single power-law rise, without evidence of any bump feature. We compare SN 2018agk with a sample of other SNe Ia without early excess flux from the literature. We find that SNe Ia without excess flux have slowly evolving early colors in a narrow range (              g              −              i              ≈ −0.20 ± 0.20 mag) within the first ∼10 days. On the other hand, among SNe Ia detected with excess, SN 2017cbv and SN 2018oh tend to be bluer, while iPTF16abc’s evolution is similar to normal SNe Ia without excess in              g              −              i              . We further compare the Kepler light curve of SN 2018agk with companion-interaction models, and rule out the existence of a typical nondegenerate companion undergoing Roche lobe overflow at viewing angles smaller than 45°.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1817099; 1911225; 1911151</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>