--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -122,57 +122,60 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2021-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Big Data</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2196-1115</t>
   </si>
   <si>
     <t>Abstract            This project is funded by the US National Science Foundation (NSF) through their NSF RAPID program under the title “Modeling Corona Spread Using Big Data Analytics.” The project is a joint effort between the Department of Computer &amp; Electrical Engineering and Computer Science at FAU and a research group from LexisNexis Risk Solutions.            The novel coronavirus Covid-19 originated in China in early December 2019 and has rapidly spread to many countries around the globe, with the number of confirmed cases increasing every day. Covid-19 is officially a pandemic. It is a novel infection with serious clinical manifestations, including death, and it has reached at least 124 countries and territories. Although the ultimate course and impact of Covid-19 are uncertain, it is not merely possible but likely that the disease will produce enough severe illness to overwhelm the worldwide health care infrastructure. Emerging viral pandemics can place extraordinary and sustained demands on public health and health systems and on providers of essential community services.            Modeling the Covid-19 pandemic spread is challenging. But there are data that can be used to project resource demands. Estimates of the reproductive number (R) of SARS-CoV-2 show that at the beginning of the epidemic, each infected person spreads the virus to at least two others, on average (Emanuel et al. in N Engl J Med. 2020, Livingston and Bucher in JAMA 323(14):1335, 2020). A conservatively low estimate is that 5 % of the population could become infected within 3 months. Preliminary data from China and Italy regarding the distribution of case severity and fatality vary widely (Wu and McGoogan in JAMA 323(13):1239–42, 2020). A recent large-scale analysis from China suggests that 80 % of those infected either are asymptomatic or have mild symptoms; a finding that implies that demand for advanced medical services might apply to only 20 % of the total infected. Of patients infected with Covid-19, about 15 % have severe illness and 5 % have critical illness (Emanuel et al. in N Engl J Med. 2020). Overall, mortality ranges from 0.25 % to as high as 3.0 % (Emanuel et al. in N Engl J Med. 2020, Wilson et al. in Emerg Infect Dis 26(6):1339, 2020). Case fatality rates are much higher for vulnerable populations, such as persons over the age of 80 years (&gt; 14 %) and those with coexisting conditions (10 % for those with cardiovascular disease and 7 % for those with diabetes) (Emanuel et al. in N Engl J Med. 2020). Overall, Covid-19 is substantially deadlier than seasonal influenza, which has a mortality of roughly 0.1 %.            Public health efforts depend heavily on predicting how diseases such as those caused by Covid-19 spread across the globe. During the early days of a new outbreak, when reliable data are still scarce, researchers turn to mathematical models that can predict where people who could be infected are going and how likely they are to bring the disease with them. These computational methods use known statistical equations that calculate the probability of individuals transmitting the illness. Modern computational power allows these models to quickly incorporate multiple inputs, such as a given disease’s ability to pass from person to person and the movement patterns of potentially infected people traveling by air and land. This process sometimes involves making assumptions about unknown factors, such as an individual’s exact travel pattern. By plugging in different possible versions of each input, however, researchers can update the models as new information becomes available and compare their results to observed patterns for the illness.            In this paper we describe the development a model of Corona spread by using innovative big data analytics techniques and tools. We leveraged our experience from research in modeling Ebola spread (Shaw et al. Modeling Ebola Spread and Using HPCC/KEL System. In: Big Data Technologies and Applications 2016 (pp. 347-385). Springer, Cham) to successfully model Corona spread, we will obtain new results, and help in reducing the number of Corona patients. We closely collaborated with LexisNexis, which is a leading US data analytics company and a member of our NSF I/UCRC for Advanced Knowledge Enablement.            The lack of a comprehensive view and informative analysis of the status of the pandemic can also cause panic and instability within society. Our work proposes the HPCC Systems Covid-19 tracker, which provides a multi-level view of the pandemic with the informative virus spreading indicators in a timely manner. The system embeds a classical epidemiological model known as SIR and spreading indicators based on causal model. The data solution of the tracker is built on top of the Big Data processing platform HPCC Systems, from ingesting and tracking of various data sources to fast delivery of the data to the public. The HPCC Systems Covid-19 tracker presents the Covid-19 data on a daily, weekly, and cumulative basis up to global-level and down to the county-level. It also provides statistical analysis for each level such as new cases per 100,000 population. The primary analysis such as Contagion Risk and Infection State is based on causal model with a seven-day sliding window. Our work has been released as a publicly available website to the world and attracted a great volume of traffic. The project is open-sourced and available on GitHub. The system was developed on the LexisNexis HPCC Systems, which is briefly described in the paper.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2027890</t>
+    <t>2027890; 2021585</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>NSF PAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -329,47 +332,49 @@
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>