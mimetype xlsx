--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10353409</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>REACH Projector: Remote Embodiment for Augmented Collaborative Help</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smith, C.; Tissenbaum, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>15th International Conference on Computer-Supported Collaborative Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Maker activities help students connect to STEAM content through hands-on activities that emphasize the roles of mentors, peers, and in-person interaction with physical artifacts. Despite the positive affordances of these activities, they do not translate well to online settings. Without immediate in-person feedback mechanisms, unstructured making activities may lead to frustration and decreased engagement. How do communities help students develop identities as future engineers if local help and mentorship is not available? The proposed study aims to address challenges of scaffolding collaboration during remote maker sessions through investigation of a novel projection device that allows users to talk &amp; share gestures around a common physical artifact while in separate locations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2048833</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>