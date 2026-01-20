--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2022-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Geoscientific Model Development</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>6567 to 6579</t>
   </si>
   <si>
     <t>1991-9603</t>
   </si>
   <si>
     <t>Abstract. We describe an idealized primitive-equation model for studying mesoscale turbulence and leverage a hierarchy of grid resolutions to make eddy-resolving calculations on the finest grids more affordable.The model has intermediate complexity, incorporating basin-scale geometry with idealized Atlantic and Southern oceans and with non-uniform ocean depth to allow for mesoscale eddy interactions with topography.The model is perfectly adiabatic and spans the Equator and thus fills a gap between quasi-geostrophic models, which cannot span two hemispheres, and idealized general circulation models, which generally include diabatic processes and buoyancy forcing.We show that the model solution is approaching convergence in mean kinetic energy for the ocean mesoscale processes of interest and has a rich range of dynamics with circulation features that emerge only due to resolving mesoscale turbulence.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1912163; 1912302; 1912332</t>
+    <t>1912163; 1912302; 1912332; 1912357</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>