--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10353633</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac64aa</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Perkins INfrared Exosatellite Survey (PINES) I. Survey Overview, Reduction Pipeline, and Early Results</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tamburo, Patrick; Muirhead, Philip S.; McCarthy, Allison M.; Hart, Murdock; Gracia, David; Vos, Johanna M.; Bardalez Gagliuffi, Daniella C.; Faherty, Jacqueline; Theissen, Christopher; Agol, Eric; Skinner, Julie N.; Sagear, Sheila</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-05-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>163</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>253</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We describe the Perkins INfrared Exosatellite Survey (PINES), a near-infrared photometric search for short-period transiting planets and moons around a sample of 393 spectroscopically confirmed L- and T-type dwarfs. PINES is performed with Boston University’s 1.8 m Perkins Telescope Observatory, located on Anderson Mesa, Arizona. We discuss the observational strategy of the survey, which was designed to optimize the number of expected transit detections, and describe custom automated observing procedures for performing PINES observations. We detail the steps of the              PINES Analysis Toolkit              (              PAT              ), software that is used to create light curves from PINES images. We assess the impact of second-order extinction due to changing precipitable water vapor on our observations and find that the magnitude of this effect is minimized in Mauna Kea Observatories              J              band. We demonstrate the validity of              PAT              through the recovery of a transit of WASP-2 b and known variable brown dwarfs, and use it to identify a new variable L/T transition object: the T2 dwarf WISE J045746.08-020719.2. We report on the measured photometric precision of the survey and use it to estimate our transit-detection sensitivity. We find that for our median brightness targets, assuming contributions from white noise only, we are sensitive to the detection of 2.5              R              ⊕              planets and larger. PINES will test whether the increase in sub-Neptune-sized planet occurrence with decreasing host mass continues into the L- and T-dwarf regime.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1907342</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>