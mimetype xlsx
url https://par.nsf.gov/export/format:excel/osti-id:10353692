--- v0 (2026-01-19)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10094077</t>
-[...8 lines deleted...]
-    <t>Berdanier, Catherine G.P.; Zerbe, Ellen</t>
+    <t>10353692</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1007/s11422-021-10081-5</t>
+  </si>
+  <si>
+    <t>“We constantly have to navigate”: Indigenous students’ and professionals’ strategies for navigating ethical conflicts in STEMM</t>
+  </si>
+  <si>
+    <t>Castagno, Angelina E.; Ingram, Jani C.; Camplain, Ricky; Blackhorse, Davona</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2018-10-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>At the graduate level, most milestones are based on the ability to write for an academic audience, whether that be for dissertation proposals, publications, or funding opportunities. Writing scholars often discuss the process by which graduate students learn to join their academic “discourse communities” through academic literacies theory. Graduate attrition researchers relate the feeling of belonging with persistence in doctoral programs; however, there has not to date been any research that directly studies engineering writing attitudes and perceptions with student career trajectories, persistence, or attrition. To meet this need, this paper presents research from a larger study analyzing graduate level engineering writing and attrition. The explicit objective of this paper is to present quantitative data relating current graduate engineering students' attitudes, processes, and concepts of academic writing with the certainty of their career trajectory. Five scales measuring aspects of writing were deployed to engineering programs at ten research intensive universities across the United States, with a final total of n=621 graduate student respondents that represent early-career, mid-career, and late-career stages of the graduate timeline. Results indicate that graduate student processes and conceptions of engineering writing correlate with the likelihood of pursuing careers in various engineering sectors after completing their graduate degree programs.</t>
+    <t>2022-09-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Cultural Studies of Science Education</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>683 to 700</t>
+  </si>
+  <si>
+    <t>1871-1502</t>
+  </si>
+  <si>
+    <t>Nahat’á Saad Hast’eelyaa            Bitsį Yishtłłisłizhii éí hajooba' íinízino Diné da’níłts’ą́ą́dee deiíkááhii k'é bijiníígo naanish dóó ólta’ haz’ą́ągi bee hółdzil haleeh nidi bee haz’ą́ąnii éí Bilagáánaa bizaad bee hadadilyaa azéé' ííł'į́ní dóó nida’ałkaahí béésh t'áábí nitsékeesí da bee nida’anishó Hoghan bił nahaz’ą́o tó hadaazlío, atsiniltł‘ish bee da’diltłI’o bíla' ashdla’ii diishjíįdi STEMM wolyéo yee da’ahótą’ – science, technology, engineering, mathematics and medicine éí wódahgo ólta bił nahaz'ą́ Bitsį’ Yishtłizhii k’ad t’óó ahayoi atah binaanish silį́į́’. Wódaho ólta’ nahaz’ą́ą́góó na’alkaah naaltsoos naaznilo bee nida’nitin dóó baa yáti’ éí STEMM bóhónéedzą́o áyósin. STEMM éí na’alkaah alááh binidii’a’o baa nitsáhákees áko Bitsįį́’ Yishłizhii na’alkaah  niha’áłchíní haadeit’éégo honiitł‘ahoda éí baanáhát’į́įgo baa yáti’o bá hoo’aah díí southwestern United States, e’e’ááhgi kéyah ashdladiin hahoodzoh biyi’ kot’éégo nihił nahaz’ą́.            Na’alkaah naanish ályaa éí díídi neeznádiin naaltsoos na’ídíkid hadeediilaa áádóó tádiin bíla’ ashdla’ii nidabídéékid. Díí na’ídíkido na’alkaah ályaaígí éí hazhó’ó néél’į́į́’o bee eehoozin: bitsį’ yishtłizhii da’ółta’íí áádóó k’ad nidaalnishíí éí Bitsį Yishtłizhii bibee’ó’ool’įįł siláagi áádóó dadílzingo baa nitsehakeesii áádóó doo ádaal’į́įnii éí k’ad kot’áo STEMM yaa yádaałti’o bee haz’ą́ąnii bik’eho hasht’eelnééh baa yáti’. STEMM na’alkaah biniyé na’ídíkid alyáá éí bila’ ashdla’ii nahasdzáán bich’į kónályaago naalkaah éí doo bił yá’ádaat’ééhda, áádóó bila’ashdla’ii bits’íís nanise’ bitł‘óól naalkaahdó bahasti’o dílzin, áádóó bitsį’ yishtłizhii bikéyáh bikáá’óó áldo’ hane’ bidadééti’, keyah łahgóó éí hodiyingo nahaz’ą́ baa hasti’ éí biniinaa ts’ídá bila ashdla’ii be’oodlą’ siláagi baa saad hólǫ́ nahalin, áko bilagáanaa bibeehaz’ą́ąnii hazho’ó nánél’į́į́ho éí bitsį’ yishtłizhii da’ółta’íí dóó nidaalnishíí éí díí naalkaah bee ‘ééhoozin. Áko wódaho ólta’I éí díígi ádahoot’éégo hait’éégo éí baa yati’ dóó naanish ádoolníłíí t’áá nanitł‘ah. Áko wódahgo ólta’ bił nahaz’ą́ą́góó ałtsé t’óó baa yá’áti’ bila’ ashdla ał’ą́ą́ át’éégo be’í’ool’į́į́l nidaazti’íí bee na’nitino éí binahjį’ beehaz’ą́ąnii hast’édoolnííł nídook’ąs, áádóó łahdóó éí nahaghá ádaalyaago éí t’áá saad bee haz’ą́ąnii t’áá ałtso bik’ésti’ bik’ehoi áhálnééh, doo hazho’ó baa nitséhaskéézo ahił nida’anish éí bééhózíní doolééł áádóó náás dah’náá’didooldaho baa nitséhakees dooleeł.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1733594</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1835108</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,79 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>