--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10354105</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3491102.3501882</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Anticipate and Adjust: Cultivating Access in Human-Centered Methods</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mack, Kelly; McDonnell, Emma; Potluri, Venkatesh; Xu, Maggie; Zabala, Jailyn; Bigham, Jeffrey; Mankoff, Jennifer; Bennett, Cynthia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI '22: Proceedings of the 2022 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 18</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Methods are fundamental to doing research and can directly impact who is included in scientific advances. Given accessibility research's increasing popularity and pervasive barriers to conducting and participating in research experienced by people with disabilities, it is critical to ask how methods are made accessible. Yet papers rarely describe their methods in detail. This paper reports on 17 interviews with accessibility experts about how they include both facilitators and participants with disabilities in popular user research methods. Our findings offer strategies for anticipating access needs while remaining flexible and responsive to unexpected access barriers. We emphasize the importance of considering accessibility at all stages of the research process, and contextualize access work in recent disability and accessibility literature. We explore how technology or processes could reflect a norm of accessibility. Finally, we discuss how various needs intersect and conflict and offer a practical structure for planning accessible research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009977; 1836813</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>