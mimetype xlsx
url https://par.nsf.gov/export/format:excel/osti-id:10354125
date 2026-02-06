--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10354125</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stab2878</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The COMBS Survey – III. The chemodynamical origins of metal-poor bulge stars</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lucey, Madeline; Hawkins, Keith; Ness, Melissa; Nelson, Tyler; Debattista, Victor P; Luna, Alice; Bensby, Thomas; Freeman, Kenneth C; Kobayashi, Chiaki</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-08T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>509</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>122 to 144</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            The characteristics of the stellar populations in the Galactic bulge inform and constrain the Milky Way’s formation and evolution. The metal-poor population is particularly important in light of cosmological simulations, which predict that some of the oldest stars in the Galaxy now reside in its centre. The metal-poor bulge appears to consist of multiple stellar populations that require dynamical analyses to disentangle. In this work, we undertake a detailed chemodynamical study of the metal-poor stars in the inner Galaxy. Using R ∼ 20 000 VLT/GIRAFFE spectra of 319 metal-poor (−2.55 dex ≤ [Fe/H] ≤ 0.83 dex, with $\overline{\rm {[Fe/H]}}$ = −0.84 dex) stars, we perform stellar parameter analysis and report 12 elemental abundances (C, Na, Mg, Al, Si, Ca, Sc, Ti, Cr, Mn, Zn, Ba, and Ce) with precisions of ≈0.10 dex. Based on kinematic and spatial properties, we categorize the stars into four groups, associated with the following Galactic structures: the inner bulge, the outer bulge, the halo, and the disc. We find evidence that the inner and outer bulge population is more chemically complex (i.e. higher chemical dimensionality and less correlated abundances) than the halo population. This result suggests that the older bulge population was enriched by a larger diversity of nucleosynthetic events. We also find one inner bulge star with a [Ca/Mg] ratio consistent with theoretical pair-instability supernova yields and two stars that have chemistry consistent with globular cluster stars.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1907417</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>