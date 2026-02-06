--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10354371</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s41781-018-0018-8</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Roadmap for HEP Software and Computing R&amp;D for the 2020s</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Albrecht, Johannes; Alves, Antonio Augusto; Amadio, Guilherme; Andronico, Giuseppe; Anh-Ky, Nguyen; Aphecetche, Laurent; Apostolakis, John; Asai, Makoto; Atzori, Luca; Babik, Marian; Bagliesi, Giuseppe; Bandieramonte, Marilena; Banerjee, Sunanda; Barisits, Martin; Bauerdick, Lothar A.; Belforte, Stefano; Benjamin, Douglas; Bernius, Catrin; Bhimji, Wahid; Bianchi, Riccardo Maria; Bird, Ian; Biscarat, Catherine; Blomer, Jakob; Bloom, Kenneth; Boccali, Tommaso; Bockelman, Brian; Bold, Tomasz; Bonacorsi, Daniele; Boveia, Antonio; Bozzi, Concezio; Bracko, Marko; Britton, David; Buckley, Andy; Buncic, Predrag; Calafiura, Paolo; Campana, Simone; Canal, Philippe; Canali, Luca; Carlino, Gianpaolo; Castro, Nuno; Cattaneo, Marco; Cerminara, Gianluca; Cervantes Villanueva, Javier; Chang, Philip; Chapman, John; Chen, Gang; Childers, Taylor; Clarke, Peter; Clemencic, Marco; Cogneras, Eric; Coles, Jeremy; Collier, Ian; Colling, David; Corti, Gloria; Cosmo, Gabriele; Costanzo, Davide; Couturier, Ben; Cranmer, Kyle; Cranshaw, Jack; Cristella, Leonardo; Crooks, David; Crépé-Renaudin, Sabine; Currie, Robert; Dallmeier-Tiessen, Sünje; De, Kaushik; De Cian, Michel; De Roeck, Albert; Delgado Peris, Antonio; Derue, Frédéric; Di Girolamo, Alessandro; Di Guida, Salvatore; Dimitrov, Gancho; Doglioni, Caterina; Dotti, Andrea; Duellmann, Dirk; Duflot, Laurent; Dykstra, Dave; Dziedziniewicz-Wojcik, Katarzyna; Dziurda, Agnieszka; Egede, Ulrik; Elmer, Peter; Elmsheuser, Johannes; Elvira, V. Daniel; Eulisse, Giulio; Farrell, Steven; Ferber, Torben; Filipcic, Andrej; Fisk, Ian; Fitzpatrick, Conor; Flix, José; Formica, Andrea; Forti, Alessandra; Franzoni, Giovanni; Frost, James; Fuess, Stu; Gaede, Frank; Ganis, Gerardo; Gardner, Robert; Garonne, Vincent; Gellrich, Andreas; Genser, Krzysztof; George, Simon; Geurts, Frank; Gheata, Andrei; Gheata, Mihaela; Giacomini, Francesco; Giagu, Stefano; Giffels, Manuel; Gingrich, Douglas; Girone, Maria; Gligorov, Vladimir V.; Glushkov, Ivan; Gohn, Wesley; Gonzalez Lopez, Jose Benito; González Caballero, Isidro; González Fernández, Juan R.; Govi, Giacomo; Grandi, Claudio; Grasland, Hadrien; Gray, Heather; Grillo, Lucia; Guan, Wen; Gutsche, Oliver; Gyurjyan, Vardan; Hanushevsky, Andrew; Hariri, Farah; Hartmann, Thomas; Harvey, John; Hauth, Thomas; Hegner, Benedikt; Heinemann, Beate; Heinrich, Lukas; Heiss, Andreas; Hernández, José M.; Hildreth, Michael; Hodgkinson, Mark; Hoeche, Stefan; Holzman, Burt; Hristov, Peter; Huang, Xingtao; Ivanchenko, Vladimir N.; Ivanov, Todor; Iven, Jan; Jashal, Brij; Jayatilaka, Bodhitha; Jones, Roger; Jouvin, Michel; Jun, Soon Yung; Kagan, Michael; Kalderon, Charles William; Kane, Meghan; Karavakis, Edward; Katz, Daniel S.; Kcira, Dorian; Keeble, Oliver; Kersevan, Borut Paul; Kirby, Michael; Klimentov, Alexei; Klute, Markus; Komarov, Ilya; Konstantinov, Dmitri; Koppenburg, Patrick; Kowalkowski, Jim; Kreczko, Luke; Kuhr, Thomas; Kutschke, Robert; Kuznetsov, Valentin; Lampl, Walter; Lancon, Eric; Lange, David; Lassnig, Mario; Laycock, Paul; Leggett, Charles; Letts, James; Lewendel, Birgit; Li, Teng; Lima, Guilherme; Linacre, Jacob; Linden, Tomas; Livny, Miron; Lo Presti, Giuseppe; Lopienski, Sebastian; Love, Peter; Lyon, Adam; Magini, Nicolò; Marshall, Zachary L.; Martelli, Edoardo; Martin-Haugh, Stewart; Mato, Pere; Mazumdar, Kajari; McCauley, Thomas; McFayden, Josh; McKee, Shawn; McNab, Andrew; Mehdiyev, Rashid; Meinhard, Helge; Menasce, Dario; Mendez Lorenzo, Patricia; Mete, Alaettin Serhan; Michelotto, Michele; Mitrevski, Jovan; Moneta, Lorenzo; Morgan, Ben; Mount, Richard; Moyse, Edward; Murray, Sean; Nairz, Armin; Neubauer, Mark S.; Norman, Andrew; Novaes, Sérgio; Novak, Mihaly; Oyanguren, Arantza; Ozturk, Nurcan; Pacheco Pages, Andres; Paganini, Michela; Pansanel, Jerome; Pascuzzi, Vincent R.; Patrick, Glenn; Pearce, Alex; Pearson, Ben; Pedro, Kevin; Perdue, Gabriel; Perez-Calero Yzquierdo, Antonio; Perrozzi, Luca; Petersen, Troels; Petric, Marko; Petzold, Andreas; Piedra, Jónatan; Piilonen, Leo; Piparo, Danilo; Pivarski, Jim; Pokorski, Witold; Polci, Francesco; Potamianos, Karolos; Psihas, Fernanda; Puig Navarro, Albert; Quast, Günter; Raven, Gerhard; Reuter, Jürgen; Ribon, Alberto; Rinaldi, Lorenzo; Ritter, Martin; Robinson, James; Rodrigues, Eduardo; Roiser, Stefan; Rousseau, David; Roy, Gareth; Rybkine, Grigori; Sailer, Andre; Sakuma, Tai; Santana, Renato; Sartirana, Andrea; Schellman, Heidi; Schovancová, Jaroslava; Schramm, Steven; Schulz, Markus; Sciabà, Andrea; Seidel, Sally; Sekmen, Sezen; Serfon, Cedric; Severini, Horst; Sexton-Kennedy, Elizabeth; Seymour, Michael; Sgalaberna, Davide; Shapoval, Illya; Shiers, Jamie; Shiu, Jing-Ge; Short, Hannah; Siroli, Gian Piero; Skipsey, Sam; Smith, Tim; Snyder, Scott; Sokoloff, Michael D.; Spentzouris, Panagiotis; Stadie, Hartmut; Stark, Giordon; Stewart, Gordon; Stewart, Graeme A.; Sánchez, Arturo; Sánchez-Hernández, Alberto; Taffard, Anyes; Tamponi, Umberto; Templon, Jeff; Tenaglia, Giacomo; Tsulaia, Vakhtang; Tunnell, Christopher; Vaandering, Eric; Valassi, Andrea; Vallecorsa, Sofia; Valsan, Liviu; Van Gemmeren, Peter; Vernet, Renaud; Viren, Brett; Vlimant, Jean-Roch; Voss, Christian; Votava, Margaret; Vuosalo, Carl; Vázquez Sierra, Carlos; Wartel, Romain; Watts, Gordon T.; Wenaus, Torre; Wenzel, Sandro; Williams, Mike; Winklmeier, Frank; Wissing, Christoph; Wuerthwein, Frank; Wynne, Benjamin; Xiaomei, Zhang; Yang, Wei; Yazgan, Efe</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computing and Software for Big Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2510-2036</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1558216</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>