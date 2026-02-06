--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10354425</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/https://doi.org/10.1184/R1/c.5957631.v2</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Design Spaces of Domain-Specific Languages: Comparing and Contrasting Approaches in PL and HCI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zong, Jonathan; Pollock, Josh; Wootton, Dylan; Satyanarayan; Arvind</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Chasins, Sarah; Glassman, Elena; Sunshine, Joshua</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLATEAU 2021</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A domain-specific language (DSL) design space describes a collection of related languages via a series of, often orthogonal, dimensions. While PL and HCI researchers have independently developed methods for working with design spaces, the communities have yet to fully benefit from each others' insights. In pursuit of new approaches informed by both PL and HCI, we first review existing approaches researchers employ to conceptualize, develop, and use design spaces in DSL design across the two disciplines. For example, HCI researchers, when developing interfaces backed by DSLs, often treat the design process as core to their research contributions and theory-building. In PL, researchers have explored formal approaches to design spaces that help automate design space exploration and provide powerful conceptual clarity to language design tradeoffs. We then discuss areas where the two fields share common methods and highlight opportunities for researchers to combine knowledge across PL and HCI.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1801399</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>