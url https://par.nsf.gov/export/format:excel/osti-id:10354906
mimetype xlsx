--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10354906</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3491101.3503732</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reimagining Systems for Learning Hands-on Creative and Maker Skills</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Turakhia, Dishita G; Blikstein, Paulo; Holbert, Nathan R; Worsley, Marcelo; Jacobs, Jennifer; Anderson, Fraser; Gong, Jun; DesPortes, Kayla; Mueller, Stefanie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI EA '22: Extended Abstracts of the 2022 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In the last decade, HCI researchers have designed and engineered several systems to lower the entry barrier for beginners and support novices in learning hands-on creative maker skills. These skills range from building electronics to fabricating physical artifacts. While much of the design and engineering of current learning systems is driven by the advances in technology, we can reimagine these systems by reorienting the design goals around constructivist and sociocultural theories of learning to support learning progression, engagement across artistic disciplines, and designing for inclusivity and accessibility. This one-day workshop aims to bring together the HCI researchers in systems engineering and learning sciences, challenge them to reimagine the future design of systems of learning creative maker skills, form connections across disciplines, and promote collaborative research in the systems of learning creative skills.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008116</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>