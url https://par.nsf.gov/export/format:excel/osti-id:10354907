--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10354907</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3491102.3517721</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Identifying Game Mechanics for Integrating Fabrication Activities within Existing Digital Games</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Turakhia, Dishita G; Mueller, Stefanie; DesPortes, Kayla</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI '22: Proceedings of the 2022 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 13</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Integrating fabrication activities into existing video games provides opportunities for players to construct objects from their gameplay and bring the digital content into the physical world. In our prior work, we outlined a framework and developed a toolkit for integrating fabrication activities within existing digital games. Insights from our prior study highlighted the challenge of aligning fabrication mechanics with the existing game mechanics in order to strengthen the player aesthetics.
+In this paper, we address this challenge and build on our prior work by adding fabrication components to the Mechanics-Dynamics-Aesthetics (MDA) framework. We use this f-MDA framework to analyze the 47 fabrication events from the prior study. We list the new player-object aesthetics that emerge from integrating the existing game mechanics with fabrication mechanics. We identify connections between these emergent player-object aesthetics and the existing game mechanics. We discuss how designers can use this mapping to identify potential game mechanics for integrating with fabrication activities.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008116</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>