--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10355382</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac7c1d</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Photon Ring in M87*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Broderick, Avery E.; Pesce, Dominic W.; Gold, Roman; Tiede, Paul; Pu, Hung-Yi; Anantua, Richard; Britzen, Silke; Ceccobello, Chiara; Chatterjee, Koushik; Chen, Yongjun; Conroy, Nicholas S.; Crew, Geoffrey B.; Cruz-Osorio, Alejandro; Cui, Yuzhu; Doeleman, Sheperd S.; Emami, Razieh; Farah, Joseph; Fromm, Christian M.; Galison, Peter; Georgiev, Boris; Ho, Luis C.; James, David J.; Jeter, Britton; Jimenez-Rosales, Alejandra; Koay, Jun Yi; Kramer, Carsten; Krichbaum, Thomas P.; Lee, Sang-Sung; Lindqvist, Michael; Martí-Vidal, Iván; Menten, Karl M.; Mizuno, Yosuke; Moran, James M.; Moscibrodzka, Monika; Nathanail, Antonios; Neilsen, Joey; Ni, Chunchong; Park, Jongho; Piétu, Vincent; Rezzolla, Luciano; Ricarte, Angelo; Ripperda, Bart; Shao, Lijing; Tazaki, Fumie; Toma, Kenji; Torne, Pablo; Weintroub, Jonathan; Wielgus, Maciek; Yuan, Feng; Zhao, Shan-Shan; Zhang, Shuo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>935</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We report measurements of the gravitationally lensed secondary image—the first in an infinite series of so-called “photon rings”—around the supermassive black hole M87* via simultaneous modeling and imaging of the 2017 Event Horizon Telescope (EHT) observations. The inferred ring size remains constant across the seven days of the 2017 EHT observing campaign and is consistent with theoretical expectations, providing clear evidence that such measurements probe spacetime and a striking confirmation of the models underlying the first set of EHT results. The residual diffuse emission evolves on timescales comparable to one week. We are able to detect with high significance a southwestern extension consistent with that expected from the base of a jet that is rapidly rotating in the clockwise direction. This result adds further support to the identification of the jet in M87* with a black hole spin-driven outflow, launched via the Blandford–Znajek process. We present three revised estimates for the mass of M87* based on identifying the modeled thin ring component with the bright ringlike features seen in simulated images, one of which is only weakly sensitive to the astrophysics of the emission region. All three estimates agree with each other and previously reported values. Our strongest mass constraint combines information from both the ring and the diffuse emission region, which together imply a mass-to-distance ratio of                                                                                                                                            4.20                                                              −                      0.06                                                              +                      0.12                                                                          μ                  as                                                            and a corresponding black hole mass of (7.13 ± 0.39) × 10              9              M              ⊙              , where the error on the latter is now dominated by the systematic uncertainty arising from the uncertain distance to M87*.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935980</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>