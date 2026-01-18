--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10355697</t>
-[...8 lines deleted...]
-    <t>Freeman, Guo; Zamanifard, Samaneh; Maloney, Divine; Acena, Dane</t>
+    <t>10084126</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-03-30T04:00:00Z</t>
-[...2 lines deleted...]
-    <t>Proceedings of the ACM on Human-Computer Interaction</t>
+    <t>Carrier density control of magnetism and Berry phases in doped EuTiO3</t>
+  </si>
+  <si>
+    <t>Ahadi, Kaveh; Gui, Zhigang; Porter, Zach; Lynn, Jeffrey W.; Xu, Zhijun; Wilson, Stephen D.; Janotti, Anderson; Stemmer, Susanne</t>
+  </si>
+  <si>
+    <t>2018-05-17T04:00:00Z</t>
+  </si>
+  <si>
+    <t>APL materials</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>CSCW1</t>
-[...8 lines deleted...]
-    <t>Harassment has long been considered a severe social issue and a culturally contextualized construct. More recently, understanding and mitigating emerging harassment in social Virtual Reality (VR) has become a growing research area in HCI and CSCW. Based on the perspective of harassment in the U.S. culture, in this paper we identify new characteristics of online harassment in social VR using 30 in-depth interviews. We especially attend to how people who are already considered marginalized in the gaming and virtual worlds contexts (e.g., women, LGBTQ, and ethnic minorities) experience such harassment. As social VR is still a novel technology, our proactive approach highlights embodied harassment as an emerging but understudied form of harassment in novel online social spaces. Our critical review of social VR users' experiences of harassment and recommendations to mitigate such harassment also extends the current conceptualization of online harassment in CSCW. We therefore contribute to the active prevention of future harassment in nuanced online environments, platforms, and experiences.</t>
+    <t>056105</t>
+  </si>
+  <si>
+    <t>2166-532X</t>
+  </si>
+  <si>
+    <t>In materials with broken time-reversal symmetry, the Berry curvature acts as a recip- rocal space magnetic field on the conduction electrons and is a significant contribution to the magnetotransport properties, including the intrinsic anomalous Hall effect. Here, we report neutron diffraction, transport, and magnetization measurements of thin films of doped EuTiO3, an itinerant magnetic material, as a function of carrier density and magnetic field. These films are itinerant antiferromagnets at all doping concentrations. At low carrier densities, the magnetoresistance indicates a metamag- netic transition, which is absent at high carrier densities (&gt;6 × 1020 cm-3). Strikingly, the crossover coincides with a sign change in the spontaneous Hall effects, indicating a sign change in the Berry curvature. We discuss the results in the context of the band structure topology and its coupling to the magnetic texture.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2112878</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1652994</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -285,96 +279,94 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>