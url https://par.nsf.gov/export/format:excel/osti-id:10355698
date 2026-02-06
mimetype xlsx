--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10355698</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3492836</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Working Together Apart through Embodiment: Engaging in Everyday Collaborative Activities in Social Virtual Reality</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Freeman, Guo; Acena, Dane; McNeese, Nathan J.; Schulenberg, Kelsea</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-14T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>GROUP</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 25</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Computer-mediated collaboration has long been a core research interest in CSCW and HCI. As online social spaces continue to evolve towards more immersive and higher fidelity experiences, more research is still needed to investigate how emerging novel technology may foster and support new and more nuanced forms and experiences of collaboration in virtual environments. Using 30 interviews, this paper focuses on what people may collaborate on and how they collaborate in social Virtual Reality (VR). We broaden current studies on computer-mediated collaboration by highlighting the importance of embodiment for co-presence and communication, replicating offline collaborative activities, and supporting the seamless interplay of work, play, and mundane experiences in everyday lives for experiencing and conceptualizing collaboration in emerging virtual environments. We also propose potential design implications that could further support everyday collaborative activities in social VR</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2112878</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>